--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -9,168 +9,34413 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="593">
   <si>
     <t>№П\П</t>
   </si>
   <si>
     <t>Номер документа</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Время</t>
   </si>
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Кол-во</t>
   </si>
   <si>
     <t>Артикул</t>
+  </si>
+  <si>
+    <t>13.11.2024</t>
+  </si>
+  <si>
+    <t>21:29</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion Pro 5 (R9000P) 2024 / R9 7945HX / RTX 4060 / 16GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X4415544</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion Slim 5 (R7000P) 2024 / R7 8845H / RTX 4060 / 16GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X58504325</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 10 / i9-14900HX / 16 / 1Tb / RTX4060 / BLACK</t>
+  </si>
+  <si>
+    <t>X136042616</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Xiaomi Redmi G Pro 16 / 2024 / i7-14650HX / RTX4060 / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X14387564</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
+    <t>23:59</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16+ 2024 / R7 8845H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X1768539</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 14+ 2024 / R7 8845H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X1786070</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16+ 2025 / Ryzen AI 9 365 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X3495304534</t>
+  </si>
+  <si>
+    <t>10.11.2024</t>
+  </si>
+  <si>
+    <t>00:23</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Redmi Book 14 / i5-12450H / 16 / 512GB / 2025 / GREY</t>
+  </si>
+  <si>
+    <t>X4062498</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi RedmiBook 16 / i5-13500H / 16 / 512GB / 2024</t>
+  </si>
+  <si>
+    <t>X6743532</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 14+ 2024 / Ultra 9 185H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X641025</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16+ 2024 / Ultra 9 185H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X6226082</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Redmi Book Pro 16 / 2024 / Ultra 5 / 32GB / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X4579182</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Redmi Book Pro 14 / 2024 / Ultra 5 / 32GB / 1Tb</t>
+  </si>
+  <si>
+    <t>X1564058</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook X16 Plus / 2024 / R7-8845HS / 16 / 512Gb / 2.5K / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X250564880</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi RedmiBook 16 / i5-13500H / 16 / 512GB / 2024 / GREY</t>
+  </si>
+  <si>
+    <t>X1656680</t>
+  </si>
+  <si>
+    <t>Ноутбук HONOR MagicBook X16 Plus 2024 / R7 8845HS / 32GB / 1TB / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X400543880</t>
+  </si>
+  <si>
+    <t>Ноутбук HONOR MagicBook X14 Plus 2024 / R7 8845HS / 32GB / 1TB / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X676519880</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook X14 Plus / 2024 / R7-8845HS / 16 / 512Gb / FullHD / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X336066160</t>
+  </si>
+  <si>
+    <t>09.11.2024</t>
+  </si>
+  <si>
+    <t>00:15</t>
+  </si>
+  <si>
+    <t>Ноутбук GPD Win Max 2 / R7-8840U / 2024 / 64 / 2Тб / BLACK</t>
+  </si>
+  <si>
+    <t>X39485923</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus Rog Zephyrus G14 Air / 2024 / R9-8945HS / RTX4060 / Black</t>
+  </si>
+  <si>
+    <t>X196012616</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus ZenBook 14 / 2024 / Ultra 9 185H/ Gray / 32 / 1Tb / OLED / SILVER</t>
+  </si>
+  <si>
+    <t>X2991856</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Vivobook Pro 15 / Ultra 7 / 2024 / OLED / 32 / 1Tb / SILVER</t>
+  </si>
+  <si>
+    <t>X7981719</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air / OLED / 2024 / R9-8945H 32 / 1Tb / GREEN</t>
+  </si>
+  <si>
+    <t>X78801961643</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air / Gray / OLED / 2024 / R9-8945H 32 / 1Tb</t>
+  </si>
+  <si>
+    <t>X783443345</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor Magic book 16 Pro 2024 Hunter White / Ultra 7 / RTX4060 / 32 / 1Tb / 3K / 165Hz / WHITE</t>
+  </si>
+  <si>
+    <t>X9150228</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Zenbook 14 Pro/ OLED / i9-13900H / RTX4060 / 32 / 1Tb / BLACK</t>
+  </si>
+  <si>
+    <t>X28026160834</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16+ 2024 / Ultra 9 185H / RTX 4060 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X7404972</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16p 2024 / i9-14900HX / RTX 4060 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X839585880</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Tianxuan Air 14 / 2024 / AI 9 HX 370 / RTX 4060 / 32 / 1Tб / GRAY</t>
+  </si>
+  <si>
+    <t>X395934503</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook Art 14 Oled Ultra 5 / 32 / 1Tb / Green</t>
+  </si>
+  <si>
+    <t>DF3564264</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook Art 14 Oled Ultra 7 / 32 / 1Tb / Green</t>
+  </si>
+  <si>
+    <t>HB3246234</t>
+  </si>
+  <si>
+    <t>07.11.2024</t>
+  </si>
+  <si>
+    <t>00:12</t>
+  </si>
+  <si>
+    <t>PowerBank для ноутбука на 30 000 Mah / 65W</t>
+  </si>
+  <si>
+    <t>X7623467</t>
+  </si>
+  <si>
+    <t>Чехол для ноутбука</t>
+  </si>
+  <si>
+    <t>X30940349</t>
+  </si>
+  <si>
+    <t>06.11.2024</t>
+  </si>
+  <si>
+    <t>23:15</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi RedmiBook Pro 15 / R7-7840HS / 16 / 512GB / 780M / 2023</t>
+  </si>
+  <si>
+    <t>X42930492</t>
+  </si>
+  <si>
+    <t>05.11.2024</t>
+  </si>
+  <si>
+    <t>14:56</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Air 15 Aura Edition AI 2025 / Ultra 7 258V / 32GB / 1TB / Touch Screen / GREY</t>
+  </si>
+  <si>
+    <t>XB3874563</t>
+  </si>
+  <si>
+    <t>Asus ROG magic 7 Plus R9-7945HX RTX4060</t>
+  </si>
+  <si>
+    <t>X09240413</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16+ / 2023 / R7-7840H / 32 / 1Tb / RTX4050 / GREY</t>
+  </si>
+  <si>
+    <t>X38754849</t>
+  </si>
+  <si>
+    <t>Ноутбук ThinkPad T14p AI 2024 / Ultra 9 / 32 / 1Tb</t>
+  </si>
+  <si>
+    <t>X3897418</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air x Anna / SUI(Aroma) / R9-8945H / 32 / 1Tb / OLED</t>
+  </si>
+  <si>
+    <t>X3276457234</t>
+  </si>
+  <si>
+    <t>Ноутбук Трансформер Msi Summit E16 AI / 2024 / Ultra 7 32 / 1Tb / Touch Screen + Стилус / BLACK</t>
+  </si>
+  <si>
+    <t>X144058616</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Zenbook 14 / OLED / i9-13900H / RTX3050 / 32 / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X280261608</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16+ 2024 / Ultra 7 155H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X3410430</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Air 14c 2024 / Ultra 7 155H / 32GB / 1TB / OLED / Touch Screen / 360° / BLUE</t>
+  </si>
+  <si>
+    <t>X811952034</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook Art 14 Oled Ultra 7 / 32 / 1Tb / WHITE</t>
+  </si>
+  <si>
+    <t>HB309459032</t>
+  </si>
+  <si>
+    <t>04.11.2024</t>
+  </si>
+  <si>
+    <t>14:46</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Redmi Book Pro 14 / 2024 / Ultra 7 / 32GB / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X1591035</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 14+ 2024 / Ultra 5 125H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X3350353</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16+ 2024 / Ultra 5 125H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X3495772</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 14+ 2024 / Ultra 7 155H / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X3159325</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi RedmiBook 14 / i5-13500H / 16 / 512GB / 2024 / GREY</t>
+  </si>
+  <si>
+    <t>X9365628</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Redmi Book Pro 16 / 2024 / Ultra 7 / 32GB / 1Tb</t>
+  </si>
+  <si>
+    <t>X1650457</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Pro 14S / 2023 / R7-7840HS / 32 / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X2892285</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook X16 Plus / 2024 / R7-8845HS / 16 / 512Gb / FullHD / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X25056488043</t>
+  </si>
+  <si>
+    <t>03.11.2024</t>
+  </si>
+  <si>
+    <t>14:40</t>
+  </si>
+  <si>
+    <t>Камера для моноблока Lenovo Yoga (life)</t>
+  </si>
+  <si>
+    <t>XB983593893</t>
+  </si>
+  <si>
+    <t>Монитор Apple Studio Display / Standаrt Glass / Tilt-adjustаble stаnd / (MK0U3, MYJG3)</t>
+  </si>
+  <si>
+    <t>X12367567</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Xiaoxin Pro 27 2024 / i9-13900H / 32GB / 1TB / BLACK</t>
+  </si>
+  <si>
+    <t>X4603740</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Yoga 27 2024 / R7 8845H / RTX 4050 / 32GB / 2TB / GREY</t>
+  </si>
+  <si>
+    <t>X1624689</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Yoga 27 2024 / R7 8845H / 32GB / 1ТB / GREY</t>
+  </si>
+  <si>
+    <t>X1932898</t>
+  </si>
+  <si>
+    <t>Моноблок Huawei MateStation X 2023 / i9-12900H / 16 / 1Tb / Grey</t>
+  </si>
+  <si>
+    <t>X3817936</t>
+  </si>
+  <si>
+    <t>Монитор  MSI MPG 321URX / QD-OLED / 32 / 4K / 240 Hz</t>
+  </si>
+  <si>
+    <t>XC834759334</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Yoga 27 / 2024 / R7-8845H / 16 / 1Тб /</t>
+  </si>
+  <si>
+    <t>X6987162</t>
+  </si>
+  <si>
+    <t>02.11.2024</t>
+  </si>
+  <si>
+    <t>14:21</t>
+  </si>
+  <si>
+    <t>Мышка Ugreen / Bluetooth + Usb / Черная</t>
+  </si>
+  <si>
+    <t>X98237934</t>
+  </si>
+  <si>
+    <t>Блок питания Lenovo Legion C140W</t>
+  </si>
+  <si>
+    <t>X9684587</t>
+  </si>
+  <si>
+    <t>Подставка для ноутбука Lenovo Legion Z4</t>
+  </si>
+  <si>
+    <t>DJ29823498</t>
+  </si>
+  <si>
+    <t>SSD Диск Lexar 1 TB (7000) / THOR PRO / M.2 / 2280 / PCIe 4.0</t>
+  </si>
+  <si>
+    <t>X5008942</t>
+  </si>
+  <si>
+    <t>SSD Диск Lexar 2 TB (7000) / NQ790 / M.2 / 2280 / PCIe 4.0</t>
+  </si>
+  <si>
+    <t>X6751592</t>
+  </si>
+  <si>
+    <t>Оперативная память Crucial / DDR5 / 5600MHZ / SODIMM / 32 Гб (ОЗУ)</t>
+  </si>
+  <si>
+    <t>X8148670</t>
+  </si>
+  <si>
+    <t>Оперативная память Crucial / DDR5 / 5600MHZ / SODIMM / 48 Гб (ОЗУ)</t>
+  </si>
+  <si>
+    <t>X7734672</t>
+  </si>
+  <si>
+    <t>Оперативная память Crucial / DDR5 / 5600MHZ / SODIMM / 16 Гб (ОЗУ)</t>
+  </si>
+  <si>
+    <t>X2861216</t>
+  </si>
+  <si>
+    <t>Мышка Ugreen / Bluetooth + Usb / Серая</t>
+  </si>
+  <si>
+    <t>X98237938</t>
+  </si>
+  <si>
+    <t>Мышка Ugreen / Bluetooth + Usb / Зеленая</t>
+  </si>
+  <si>
+    <t>X98237939</t>
+  </si>
+  <si>
+    <t>Мышка Xiaomi Mi Portable Mouse 2 / Bluetooth + Usb / Белая</t>
+  </si>
+  <si>
+    <t>X24849304</t>
+  </si>
+  <si>
+    <t>Мышка Xiaomi Mi Portable Mouse 2 / Bluetooth + Usb / Черная</t>
+  </si>
+  <si>
+    <t>X2484930</t>
+  </si>
+  <si>
+    <t>Хаб Ugreen 5 в 1 / USB + TypeC + HDMI</t>
+  </si>
+  <si>
+    <t>X5801379</t>
+  </si>
+  <si>
+    <t>Хаб Ugreen / USB + TypeC</t>
+  </si>
+  <si>
+    <t>X1635813</t>
+  </si>
+  <si>
+    <t>Хаб Ugreen / USB +  Ethernet</t>
+  </si>
+  <si>
+    <t>X2147767</t>
+  </si>
+  <si>
+    <t>Xаб Ugreen 9 в 1 / HDMI + USB + TypeS + VGA + Lan + SD</t>
+  </si>
+  <si>
+    <t>X7356735</t>
+  </si>
+  <si>
+    <t>Мышь игровая беспроводная Legion M7 Wireles / Bluetooth + Usb</t>
+  </si>
+  <si>
+    <t>X12367532</t>
+  </si>
+  <si>
+    <t>Мышь игровая беспроводная Legion M500 / Bluetooth + Usb</t>
+  </si>
+  <si>
+    <t>X29301294</t>
+  </si>
+  <si>
+    <t>Коврик для мышки 80*40 См / Серый</t>
+  </si>
+  <si>
+    <t>XAD39875938</t>
+  </si>
+  <si>
+    <t>Сумка Aer Day Sling 3 X-Pack</t>
+  </si>
+  <si>
+    <t>X23342938</t>
+  </si>
+  <si>
+    <t>Сумка Aer day sling 3 Max X-Pac</t>
+  </si>
+  <si>
+    <t>X03490335</t>
+  </si>
+  <si>
+    <t>Лазерная указка Ugreen Laser Pointer</t>
+  </si>
+  <si>
+    <t>XN30945802398</t>
+  </si>
+  <si>
+    <t>Drive Box SSD M2 NVMe / Ugreen</t>
+  </si>
+  <si>
+    <t>X7483256</t>
+  </si>
+  <si>
+    <t>29.10.2024</t>
+  </si>
+  <si>
+    <t>16:14</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS VivoBook Pro 16 AMD Ryzen AI 9 365 32/1Tb OLED / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>C0293840</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Pro 16S / i9-13905H /RTX4060 / 32 / 1Tb / IPS / Touch Screen / DARK GREY</t>
+  </si>
+  <si>
+    <t>X7922009</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook Art 14 Oled Ultra 5 / 32 / 1Tb / WHITE</t>
+  </si>
+  <si>
+    <t>DF34875687</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>22:31</t>
+  </si>
+  <si>
+    <t>Apple iPhone 16 Pro 256Gb SIM (Все цвета)</t>
+  </si>
+  <si>
+    <t>PH37293243</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Vivobook Pro 15 / Ultra 9 / 2024 / OLED / 16 / 1Tb / RTX4060 / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X7064616</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Air 14S / R7-7840S / 32 / 1Tb / OLED / Touch Screen / Gray</t>
+  </si>
+  <si>
+    <t>X3535888</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Tianxuan Air 14 / 2024 / AI 9 HX 370 / RTX 4060 / 32 / 1Tб / WHITE</t>
+  </si>
+  <si>
+    <t>X21376523</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 10 / i9-14900HX / 32 / 1Tb / RTX 4070 / BLACK</t>
+  </si>
+  <si>
+    <t>X369584880</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16+ 2024 / Ultra 5 125H / RTX 4060 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X644029616</t>
+  </si>
+  <si>
+    <t>21.10.2024</t>
+  </si>
+  <si>
+    <t>13:12</t>
+  </si>
+  <si>
+    <t>IPhone 16 Pro Max 1 Tb Natural Titan</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 14+ 2024 / Ultra 9 185H / RTX 4060 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X372645234</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion 5 (R7000P) / R7-8845 / RTX4060 / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X58502188032</t>
+  </si>
+  <si>
+    <t>SSD Solidigm P44 Pro NVMe 2 Tb 7000 Mb/s</t>
+  </si>
+  <si>
+    <t>X76253432</t>
+  </si>
+  <si>
+    <t>20.10.2024</t>
+  </si>
+  <si>
+    <t>13:30</t>
+  </si>
+  <si>
+    <t>16.10.2024</t>
+  </si>
+  <si>
+    <t>16:01</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 9 / i9-13900HX / 16 / 1Tb / RTX4060 / BLACK</t>
+  </si>
+  <si>
+    <t>X4293852</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Omen 10 i7-14650HX / RTX4070 / 16/1Tb / BLACK</t>
+  </si>
+  <si>
+    <t>X39851939493</t>
+  </si>
+  <si>
+    <t>Ноутбук Hp EliteBook 845 G11 / R7-8840HS / 2024 / 32 / 1Tb / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X90103477098</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus Rog Zephyrus G14 Air / 2024 / R9-8945HS / RTX4060 / White</t>
+  </si>
+  <si>
+    <t>X19601261634</t>
+  </si>
+  <si>
+    <t>15:55</t>
+  </si>
+  <si>
+    <t>15.10.2024</t>
+  </si>
+  <si>
+    <t>15:43</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer City Pack Pro X-Pack</t>
+  </si>
+  <si>
+    <t>XA358139859</t>
+  </si>
+  <si>
+    <t>Сумка органайзер Aer Slim Pouch</t>
+  </si>
+  <si>
+    <t>X9870902</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer City Pack Pro 24L</t>
+  </si>
+  <si>
+    <t>X1775512</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer City Pack</t>
+  </si>
+  <si>
+    <t>X7493398</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer City Pack X-Pack</t>
+  </si>
+  <si>
+    <t>X7932596</t>
+  </si>
+  <si>
+    <t>Сумка Спортивная Aer Gym Tote</t>
+  </si>
+  <si>
+    <t>X928374024</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer Travel Pack 3 Small X-Pack Black</t>
+  </si>
+  <si>
+    <t>XB9034095228</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer Slim Pack</t>
+  </si>
+  <si>
+    <t>X349902840</t>
+  </si>
+  <si>
+    <t>Рюкзак на одно плечо Aer Travel Sling 2 X-Paс</t>
+  </si>
+  <si>
+    <t>X239420923</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer Travel Pack 3 X-Pack Black</t>
+  </si>
+  <si>
+    <t>XB90340955</t>
+  </si>
+  <si>
+    <t>14.10.2024</t>
+  </si>
+  <si>
+    <t>15:39</t>
+  </si>
+  <si>
+    <t>13.10.2024</t>
+  </si>
+  <si>
+    <t>14:35</t>
+  </si>
+  <si>
+    <t>12.10.2024</t>
+  </si>
+  <si>
+    <t>14:39</t>
+  </si>
+  <si>
+    <t>10.10.2024</t>
+  </si>
+  <si>
+    <t>21:39</t>
+  </si>
+  <si>
+    <t>08.10.2024</t>
+  </si>
+  <si>
+    <t>00:08</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion Slim 5 (Y7000P) 2024 / i7-14700HX / RTX 4070 / 16GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X709614837</t>
+  </si>
+  <si>
+    <t>07.10.2024</t>
+  </si>
+  <si>
+    <t>23:52</t>
+  </si>
+  <si>
+    <t>00:18</t>
+  </si>
+  <si>
+    <t>05.10.2024</t>
+  </si>
+  <si>
+    <t>15:18</t>
+  </si>
+  <si>
+    <t>04.10.2024</t>
+  </si>
+  <si>
+    <t>15:14</t>
+  </si>
+  <si>
+    <t>03.10.2024</t>
+  </si>
+  <si>
+    <t>15:09</t>
+  </si>
+  <si>
+    <t>14:42</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Xiaoxin Pro 14 2024 / R7 8845H / 32GB / 1TB / OLED / GREY</t>
+  </si>
+  <si>
+    <t>X1622295</t>
+  </si>
+  <si>
+    <t>30.09.2024</t>
+  </si>
+  <si>
+    <t>17:54</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Vivobook Pro 15 / Ultra 5  / 2024 / OLED / 32 / 1Tb / BLACK</t>
+  </si>
+  <si>
+    <t>X2329745</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook X / 2024 / Ultra 9 / 32 / 1Tb / Touch Screen / GREY</t>
+  </si>
+  <si>
+    <t>X419566880</t>
+  </si>
+  <si>
+    <t>17:53</t>
+  </si>
+  <si>
+    <t>17:52</t>
+  </si>
+  <si>
+    <t>Флешка Lenovo Type-C 64Gb</t>
+  </si>
+  <si>
+    <t>X32482374</t>
+  </si>
+  <si>
+    <t>Флешка Lenovo Type-C 128Gb</t>
+  </si>
+  <si>
+    <t>X327645324</t>
+  </si>
+  <si>
+    <t>Лампа для монитора Xiaomi Mijia Display Light Lamp / (MJGJD01YL)</t>
+  </si>
+  <si>
+    <t>XA9832793843</t>
+  </si>
+  <si>
+    <t>17:51</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion Pro 5 (Y9000P) 2024 / i9-14900HX / RTX 4060 / 32GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X349839454</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Xiaoxin 16 / R7-8845Н / 32 / 512GB / 2024 / GREY</t>
+  </si>
+  <si>
+    <t>X7282575</t>
+  </si>
+  <si>
+    <t>17:50</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Zenbook S16 Air / OLED / Ryzеn АI 9 НХ 370 / Rаdеоn 890М / 32 / 1Tb / WHITE</t>
+  </si>
+  <si>
+    <t>X28026160823</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Pro 14S / i9-13900H / 32 / 1Tb / IPS / Touch Screen / BLUE</t>
+  </si>
+  <si>
+    <t>X2357979</t>
+  </si>
+  <si>
+    <t>Ноутбук Нuаwеi Mаtевооk GT 14 2024 / Ultrа 7 155H / 32GB / 1TB / OLED / Touch Screen / GREY</t>
+  </si>
+  <si>
+    <t>X21376526</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Zenbook 14  Air / OLED / Ultra 7 258V / 32/1 Tb 2024 WHITE</t>
+  </si>
+  <si>
+    <t>XA3278462</t>
+  </si>
+  <si>
+    <t>22.09.2024</t>
+  </si>
+  <si>
+    <t>18:31</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Xiaoxin Pro 16 / R7-8845H / 32 / 1Tb / 2024 / GREY</t>
+  </si>
+  <si>
+    <t>X1683361</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook X Pro 2024 / 14.2 / 32 / 1 Tb / Touch Screen / Ultra 7 / BLACK</t>
+  </si>
+  <si>
+    <t>X5033382</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook 14 / 2024 / 32 / 1 Tb / Ultra 5 / Touch Screen / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X1855810</t>
+  </si>
+  <si>
+    <t>18:30</t>
+  </si>
+  <si>
+    <t>Монитор AOC Q27G4XM / 2K / 180Hz / HDR1000 / QD-MiniLED</t>
+  </si>
+  <si>
+    <t>X97475464</t>
+  </si>
+  <si>
+    <t>SSD Диск lexar 4 TB (7400) / ARES / M.2 / 2280 / PCIe</t>
+  </si>
+  <si>
+    <t>X302934</t>
+  </si>
+  <si>
+    <t>SSD Диск lexar 1 TB (7500) MN800PRO</t>
+  </si>
+  <si>
+    <t>X4951375</t>
+  </si>
+  <si>
+    <t>SSD Диск lexar 1 TB (7400) NM790</t>
+  </si>
+  <si>
+    <t>X4769157</t>
+  </si>
+  <si>
+    <t>Монитор Kuycon G27X / 5K / IPS / HDR</t>
+  </si>
+  <si>
+    <t>X9961711</t>
+  </si>
+  <si>
+    <t>Монитор Kuycon P40U / 5K / IPS / HDR</t>
+  </si>
+  <si>
+    <t>X5545432</t>
+  </si>
+  <si>
+    <t>Сумка Aer City Sling 2 X-Pack</t>
+  </si>
+  <si>
+    <t>X324873</t>
+  </si>
+  <si>
+    <t>Сумка Aer Day Sling 2 X-Pack</t>
+  </si>
+  <si>
+    <t>XA9348593539</t>
+  </si>
+  <si>
+    <t>Сумка Aer Day Sling 2 Black</t>
+  </si>
+  <si>
+    <t>X93827428</t>
+  </si>
+  <si>
+    <t>Нога / Подставка для монитора Kuycon (Без регулировки)</t>
+  </si>
+  <si>
+    <t>X3942342</t>
+  </si>
+  <si>
+    <t>SSD Диск lexar 1 TB (7400) / ARES / M.2 / 2280 / PCIe</t>
+  </si>
+  <si>
+    <t>X768757676</t>
+  </si>
+  <si>
+    <t>Конверт замшевый 14-15 дюймов</t>
+  </si>
+  <si>
+    <t>X84539834</t>
+  </si>
+  <si>
+    <t>Конверт замшевый 16 дюймов</t>
+  </si>
+  <si>
+    <t>X6118525</t>
+  </si>
+  <si>
+    <t>SSD Диск lexar 2 TB (7400) / ARES / M.2 / 2280 / PCIe</t>
+  </si>
+  <si>
+    <t>X7687576766</t>
+  </si>
+  <si>
+    <t>Рюкзак Aer Day Pack 2 X-Pack</t>
+  </si>
+  <si>
+    <t>XA3294875325</t>
+  </si>
+  <si>
+    <t>Сумка Aer Day Sling 3 Black</t>
+  </si>
+  <si>
+    <t>P9238029</t>
+  </si>
+  <si>
+    <t>18:27</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air / OLED / 2024 / R9-8945H 32 / 1Tb / GOLD</t>
+  </si>
+  <si>
+    <t>X925046489</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook 14 / 2024 / Oled / Ultra 7 / 32 / 1Tb / Touch Screen / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X1154346</t>
+  </si>
+  <si>
+    <t>17.09.2024</t>
+  </si>
+  <si>
+    <t>18:24</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Xiaoxin 14 / R7-8845H / 32 / 512Gb / 2024 / GREY</t>
+  </si>
+  <si>
+    <t>X1537236</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus Rog Zephyrus G16 Air / 2024 / Ultra 9 / RTX4060 / WHITE</t>
+  </si>
+  <si>
+    <t>X555642245</t>
+  </si>
+  <si>
+    <t>16.09.2024</t>
+  </si>
+  <si>
+    <t>16:50</t>
+  </si>
+  <si>
+    <t>MacBook 13 m2 24/1tb бу</t>
+  </si>
+  <si>
+    <t>13.09.2024</t>
+  </si>
+  <si>
+    <t>02:09</t>
+  </si>
+  <si>
+    <t>02:08</t>
+  </si>
+  <si>
+    <t>Флешка Lenovo ThinkPlus / USB2.0 / 64Gb / MU223</t>
+  </si>
+  <si>
+    <t>XM378462384</t>
+  </si>
+  <si>
+    <t>Провод HDMI 8K/60Hz</t>
+  </si>
+  <si>
+    <t>X6327547</t>
+  </si>
+  <si>
+    <t>Хаб Noname USB+Type-C+HDMI+VGA</t>
+  </si>
+  <si>
+    <t>X236476234</t>
+  </si>
+  <si>
+    <t>Провод Type-C - DP1.4 8k/60Hz</t>
+  </si>
+  <si>
+    <t>X653467253</t>
+  </si>
+  <si>
+    <t>SD-карта SanDisk MicroSDXC / 64Gb / 140Mbs</t>
+  </si>
+  <si>
+    <t>X76324823</t>
+  </si>
+  <si>
+    <t>Провод Type-C 4K / 240W / 20Gbs</t>
+  </si>
+  <si>
+    <t>X139481034</t>
+  </si>
+  <si>
+    <t>Провод для игрового ноутбука / компьютера / 1м /  EU</t>
+  </si>
+  <si>
+    <t>X9238401234</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Yoga Air 32 i9-13900H 32/1024 4K</t>
+  </si>
+  <si>
+    <t>X3672464</t>
+  </si>
+  <si>
+    <t>02:07</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Lenovo Legion Slim 5 (Y7000P) 2024 / i7-14650HX / RTX 4060 / 16GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X585021880</t>
+  </si>
+  <si>
+    <t>08.09.2024</t>
+  </si>
+  <si>
+    <t>18:21</t>
+  </si>
+  <si>
+    <t>06.09.2024</t>
+  </si>
+  <si>
+    <t>20:17</t>
+  </si>
+  <si>
+    <t>Ноутбук Трансформер HP Envy X360 / 2024 / OLED / R7-8840HS / 32 / 1ТБ / Touch Screen</t>
+  </si>
+  <si>
+    <t>X3947978</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo ThinkBook 16p / i9-13900H / 32 / 1Tb / RTX4060</t>
+  </si>
+  <si>
+    <t>X860063616</t>
+  </si>
+  <si>
+    <t>Ноутбук Mechrevo Mechrevo Yaoshi 16 Pro i7-14650HX RTX4060 32/1024Gb</t>
+  </si>
+  <si>
+    <t>X304958302</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Acer Predator Helios Neo / 2024 / i9-14900HX / RTX4060</t>
+  </si>
+  <si>
+    <t>X61338577056</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 10 / i7-13650HX / 16 / 1Tb / RTX4070</t>
+  </si>
+  <si>
+    <t>X7568564</t>
+  </si>
+  <si>
+    <t>20:16</t>
+  </si>
+  <si>
+    <t>05.09.2024</t>
+  </si>
+  <si>
+    <t>17:58</t>
+  </si>
+  <si>
+    <t>03.09.2024</t>
+  </si>
+  <si>
+    <t>02:20</t>
+  </si>
+  <si>
+    <t>00:53</t>
+  </si>
+  <si>
+    <t>00:52</t>
+  </si>
+  <si>
+    <t>30.08.2024</t>
+  </si>
+  <si>
+    <t>13:32</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus ZenBook 14 / 2024 / Ultra 7 / Gray / 32 / 1Tb / OLED</t>
+  </si>
+  <si>
+    <t>X2075993</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus ZenBook 14 / 2024 / Ultra 7 / Blue / 32 / 1Tb / OLED</t>
+  </si>
+  <si>
+    <t>X23984130</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Xiaomi Redmi G Pro 16 / 2024 / i9-14900HX / RTX4060 / 16 / 1Tb / BLACK</t>
+  </si>
+  <si>
+    <t>X120416160</t>
+  </si>
+  <si>
+    <t>29.08.2024</t>
+  </si>
+  <si>
+    <t>15:02</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook 16S 2023 / i9-13900H / 32 / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X5939475</t>
+  </si>
+  <si>
+    <t>Ноутбук Трансформер HP Envy X360 / 2024 / OLED / R7-8840HS / 16 / 1ТБ / Touch Screen / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X394797878</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 9 / i5-13500HX / 16 / 1Tb / RTX4060</t>
+  </si>
+  <si>
+    <t>X400346160324</t>
+  </si>
+  <si>
+    <t>25.08.2024</t>
+  </si>
+  <si>
+    <t>24.08.2024</t>
+  </si>
+  <si>
+    <t>19:27</t>
+  </si>
+  <si>
+    <t>Оперативная память Samsung/ DDR5 / 5600MHZ / SODIMM / 32 Гб (ОЗУ)</t>
+  </si>
+  <si>
+    <t>X8457298472</t>
+  </si>
+  <si>
+    <t>23.08.2024</t>
+  </si>
+  <si>
+    <t>21:54</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Vivobook Pro 15 AI / 2024 / R7-8845H / OLED</t>
+  </si>
+  <si>
+    <t>X724032616</t>
+  </si>
+  <si>
+    <t>22.08.2024</t>
+  </si>
+  <si>
+    <t>01:18</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16p / i7-14650HX / 32 / 1Tb / RTX4060</t>
+  </si>
+  <si>
+    <t>X7883476474</t>
+  </si>
+  <si>
+    <t>00:55</t>
+  </si>
+  <si>
+    <t>20.08.2024</t>
+  </si>
+  <si>
+    <t>12:17</t>
+  </si>
+  <si>
+    <t>19.08.2024</t>
+  </si>
+  <si>
+    <t>11:38</t>
+  </si>
+  <si>
+    <t>Сумка для ноутбука через плечо 15.6 / 17.3 дюйма / Черная</t>
+  </si>
+  <si>
+    <t>X94582034</t>
+  </si>
+  <si>
+    <t>Кожаный чехол для ноутбука с магнитной подставкой Черный 14 - 16"</t>
+  </si>
+  <si>
+    <t>T9283932</t>
+  </si>
+  <si>
+    <t>Кожаный чехол для ноутбука с магнитной подставкой Коричневый 14 - 16"</t>
+  </si>
+  <si>
+    <t>D349859023</t>
+  </si>
+  <si>
+    <t>Сумка для ноутбука через плечо 15.6 / 17.3 дюйма / Серая</t>
+  </si>
+  <si>
+    <t>X2398745923</t>
+  </si>
+  <si>
+    <t>Пластиковая накладка чехол для Lenovo Legion R9000P 2024</t>
+  </si>
+  <si>
+    <t>X938475923</t>
+  </si>
+  <si>
+    <t>Конверт магнитный для ноутбука 13.3 - 16 / Черный</t>
+  </si>
+  <si>
+    <t>D45892395</t>
+  </si>
+  <si>
+    <t>Конверт магнитный для ноутбука 13.3 - 16" Коричневый</t>
+  </si>
+  <si>
+    <t>D395803934</t>
+  </si>
+  <si>
+    <t>11:36</t>
+  </si>
+  <si>
+    <t>Нога / Подставка с регулировкой по высоте для монитора Kuycon</t>
+  </si>
+  <si>
+    <t>X4179079</t>
+  </si>
+  <si>
+    <t>Монитор Msi MAG271QPX QD-Oled 27 / 240Hz / 2.5K</t>
+  </si>
+  <si>
+    <t>HD923849138275</t>
+  </si>
+  <si>
+    <t>Монитор Kuycon P27U SE / 4K / IPS / HDR</t>
+  </si>
+  <si>
+    <t>X4810682</t>
+  </si>
+  <si>
+    <t>Монитор Innocn 32m2v / 144Hz / HDR1000 / MiniLED</t>
+  </si>
+  <si>
+    <t>X9413537</t>
+  </si>
+  <si>
+    <t>Монитор Kuycon G27P / 5K / IPS / HDR</t>
+  </si>
+  <si>
+    <t>X116020616</t>
+  </si>
+  <si>
+    <t>Монитор innocn 27M2V lite MiniLed 4K</t>
+  </si>
+  <si>
+    <t>X9077008</t>
+  </si>
+  <si>
+    <t>16.08.2024</t>
+  </si>
+  <si>
+    <t>02:28</t>
+  </si>
+  <si>
+    <t>Ноутбук Honor MagicBook X16 2024 / i5-13500H / 16Gb / 512Gb / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X35678353</t>
+  </si>
+  <si>
+    <t>Ноутбук ThinkPad T14p AI 2024 / Ultra 9 / 32 / 1Tb / RTX4050 / BLACK</t>
+  </si>
+  <si>
+    <t>X389741834</t>
+  </si>
+  <si>
+    <t>15.08.2024</t>
+  </si>
+  <si>
+    <t>22:34</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Air 14S / Ultra 7 / 32 / 1Tb / OLED / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X8119520</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus vivobook 16 R9-7940H / IPS / 2.5K / 144Hz / 32 / 1Tb / 2023</t>
+  </si>
+  <si>
+    <t>X32456213</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Zenbook 14 / OLED / i5-13500H / 16 / 1Tb / Gray</t>
+  </si>
+  <si>
+    <t>X28026160876</t>
+  </si>
+  <si>
+    <t>13.08.2024</t>
+  </si>
+  <si>
+    <t>14:55</t>
+  </si>
+  <si>
+    <t>Коврик Xiaomi 80*40 См</t>
+  </si>
+  <si>
+    <t>X234652734</t>
+  </si>
+  <si>
+    <t>10.08.2024</t>
+  </si>
+  <si>
+    <t>18:17</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Book Pro 16 / i5-1240P / 16 / 512GB / OLED / 2022</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук  Lenovo Legion Slim 5 (Y7000P) 2024 / i7-14700HX / RTX 4060 / 16GB / 512GB / BLACK</t>
+  </si>
+  <si>
+    <t>X332056160</t>
+  </si>
+  <si>
+    <t>16:45</t>
+  </si>
+  <si>
+    <t>16:41</t>
+  </si>
+  <si>
+    <t>Монитор Kuycon Q34W / 4K / 165Hz / HDR</t>
+  </si>
+  <si>
+    <t>X6163205</t>
+  </si>
+  <si>
+    <t>Монитор Xiaomi Redmi G Pro 27 / MiniLed / 2024</t>
+  </si>
+  <si>
+    <t>X4723810</t>
+  </si>
+  <si>
+    <t>Подставка для Kuycon (упрощенная)</t>
+  </si>
+  <si>
+    <t>X92332412</t>
+  </si>
+  <si>
+    <t>Докстанция Lenovo ThinkBook TGX / 2024 / ОсuLink</t>
+  </si>
+  <si>
+    <t>DH38743874</t>
+  </si>
+  <si>
+    <t>16:36</t>
+  </si>
+  <si>
+    <t>03.08.2024</t>
+  </si>
+  <si>
+    <t>21:21</t>
+  </si>
+  <si>
+    <t>01.08.2024</t>
+  </si>
+  <si>
+    <t>14:50</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus Rog Zephyrus G14 Air / 2024 / R7-8845HS / RTX4070 / White / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X19601261634435</t>
+  </si>
+  <si>
+    <t>31.07.2024</t>
+  </si>
+  <si>
+    <t>23:30</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Book Pro 16 / i7-1260P / RTX2050 / 16 / 512GB / OLED / 2022</t>
+  </si>
+  <si>
+    <t>X4596283</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus ROG Flow X16 / R9-6900HS / RTX3070Ti</t>
+  </si>
+  <si>
+    <t>X888826669</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook 16S / 2023 / i7-13700H / 32 / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X6401357</t>
+  </si>
+  <si>
+    <t>23:25</t>
+  </si>
+  <si>
+    <t>24.07.2024</t>
+  </si>
+  <si>
+    <t>19:51</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук HP Omen 9 / R7-7840H / 16 / 1Tb / RTX4060 БУ</t>
+  </si>
+  <si>
+    <t>X400346160</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus Rog Zephyrus G16 Air / 2024 / Ultra 9 / RTX4070 / White</t>
+  </si>
+  <si>
+    <t>X5556422</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Mechrevo 16 Pro / 2024 / i9-13900HX / RTX4070 / 16 / 1Tb / BLACK</t>
+  </si>
+  <si>
+    <t>X8699653</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Yoga Pro 14S / 2024 / Ultra 7 / 32 / 1Tb / GREY</t>
+  </si>
+  <si>
+    <t>X8374252</t>
+  </si>
+  <si>
+    <t>19:43</t>
+  </si>
+  <si>
+    <t>Wooking i5-13500HX RTX4050 17.3 fullhd (ГОС)</t>
+  </si>
+  <si>
+    <t>X039413242</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Acer Predator Neo 16 / 2024 / i7-14650HX / RTX4060</t>
+  </si>
+  <si>
+    <t>X624031616</t>
+  </si>
+  <si>
+    <t>Блок питания 130w</t>
+  </si>
+  <si>
+    <t>Insta 360 X3 5,7 K</t>
+  </si>
+  <si>
+    <t>20.07.2024</t>
+  </si>
+  <si>
+    <t>Сумка Xiaomi Bag Gray</t>
+  </si>
+  <si>
+    <t>X9567838</t>
+  </si>
+  <si>
+    <t>Ноутбук Xiaomi Book Pro 14 / R7-6800H / 16 / 512GB / OLED / 2022</t>
+  </si>
+  <si>
+    <t>X1676457</t>
+  </si>
+  <si>
+    <t>18.07.2024</t>
+  </si>
+  <si>
+    <t>18:55</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air / Green / OLED / 2024 / R7-8845H 32 / 1Tb</t>
+  </si>
+  <si>
+    <t>X788019616</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Zenbook S13 2024 Ultra 7 / 32 / 1Tb / 1kg / BLUE</t>
+  </si>
+  <si>
+    <t>X5491269</t>
+  </si>
+  <si>
+    <t>Thinkpad T14p AI 2024 / Ultra 5 / 32 / 1Tb / rtx 4050</t>
+  </si>
+  <si>
+    <t>13.07.2024</t>
+  </si>
+  <si>
+    <t>07:24</t>
+  </si>
+  <si>
+    <t>Смартфон Xiaomi Redmi Note 12</t>
+  </si>
+  <si>
+    <t>Игровая мышь Lenovo Legion M3</t>
+  </si>
+  <si>
+    <t>X673242823</t>
+  </si>
+  <si>
+    <t>Моноблок Lenovo Xiaoxin 27 / 2024 / Core i7 / 16 / 1Tб</t>
+  </si>
+  <si>
+    <t>X335998804</t>
+  </si>
+  <si>
+    <t>07:11</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Adolbook 14 Air / Gold / OLED / 2024 / R7-8845H 32 / 1Tb</t>
+  </si>
+  <si>
+    <t>X9250464</t>
+  </si>
+  <si>
+    <t>Ноутбук Huawei MateBook X Pro 2024 / 14.2 / 32 / 2 Tb / Ultra 9 / Touch Screen / BLACK</t>
+  </si>
+  <si>
+    <t>X9024598</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Asus ROG Strix G17 (7 Pllus) / R9-7945HX / RTX4060 / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X7483359</t>
+  </si>
+  <si>
+    <t>Ноутбук Hp EliteBook 845 G10 / R7-7840H / 2024 / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X5591600</t>
+  </si>
+  <si>
+    <t>05.07.2024</t>
+  </si>
+  <si>
+    <t>21:56</t>
+  </si>
+  <si>
+    <t>HP Omen 9 / i5-13500HX / 16 / 1Tb / RTX4060</t>
+  </si>
+  <si>
+    <t>Ноутбук Hp EliteBook 845 G10 / R9-7940HS / 2023 / 16 / 1Tb</t>
+  </si>
+  <si>
+    <t>X901034770</t>
+  </si>
+  <si>
+    <t>07:45</t>
+  </si>
+  <si>
+    <t>07:43</t>
+  </si>
+  <si>
+    <t>07:34</t>
+  </si>
+  <si>
+    <t>Мобильный монитор 14" / 2K / IPS / 60Hz / Typec + HDMI</t>
+  </si>
+  <si>
+    <t>X3985721</t>
+  </si>
+  <si>
+    <t>Мобильный монитор P156FA / 15.6 / 1080P / IPS / 300 nit</t>
+  </si>
+  <si>
+    <t>X2389414</t>
+  </si>
+  <si>
+    <t>Мобильный монитор L160QCR 16,1 / 2.5K / 144Hz / 350nit</t>
+  </si>
+  <si>
+    <t>X3249810</t>
+  </si>
+  <si>
+    <t>Ноутбук Lenovo Thinkbook 16p 2024 / i7-14650HX / RTX 4060 / 16GB / 1TB / GREY</t>
+  </si>
+  <si>
+    <t>X788049616</t>
+  </si>
+  <si>
+    <t>07:31</t>
+  </si>
+  <si>
+    <t>07:06</t>
+  </si>
+  <si>
+    <t>Ноутбук Asus Vivobook S15 / X Elite / 2024 / 2.8K OLED / 32 / 1Tb / LIGHT GREY</t>
+  </si>
+  <si>
+    <t>X62745672</t>
+  </si>
+  <si>
+    <t>Монитор Ffalcon Q7 / 27" / MiniLED / 2k / 240Hz / HDR</t>
+  </si>
+  <si>
+    <t>X2342343</t>
+  </si>
+  <si>
+    <t>Игровой ноутбук Acer Predator Helio Neo / 2023 / i9-13900HX / RTX4060</t>
+  </si>
+  <si>
+    <t>X613385770</t>
+  </si>
+  <si>
+    <t>03.06.2024</t>
+  </si>
+  <si>
+    <t>13:29</t>
+  </si>
+  <si>
+    <t>Монитор ViewSonic 2.5K / Oled / 240Hz / VX2781-2K-OLED</t>
+  </si>
+  <si>
+    <t>X92384398</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H1251"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
-    <col min="3" max="3" width="5" customWidth="1"/>
+    <col min="3" max="3" width="11" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
-    <col min="5" max="5" width="6" customWidth="1"/>
-    <col min="6" max="6" width="5" customWidth="1"/>
+    <col min="5" max="5" width="60" customWidth="1"/>
+    <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
-    <col min="8" max="8" width="8" customWidth="1"/>
+    <col min="8" max="8" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2">
+        <v>1249</v>
+      </c>
+      <c r="B2">
+        <v>132802</v>
+      </c>
+      <c r="C2" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2">
+        <v>112628</v>
+      </c>
+      <c r="G2">
+        <v>8</v>
+      </c>
+      <c r="H2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3">
+        <v>1248</v>
+      </c>
+      <c r="B3">
+        <v>132802</v>
+      </c>
+      <c r="C3" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3">
+        <v>98851</v>
+      </c>
+      <c r="G3">
+        <v>2</v>
+      </c>
+      <c r="H3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4">
+        <v>1247</v>
+      </c>
+      <c r="B4">
+        <v>132802</v>
+      </c>
+      <c r="C4" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4">
+        <v>122414</v>
+      </c>
+      <c r="G4">
+        <v>1</v>
+      </c>
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5">
+        <v>1246</v>
+      </c>
+      <c r="B5">
+        <v>132802</v>
+      </c>
+      <c r="C5" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5">
+        <v>100698</v>
+      </c>
+      <c r="G5">
+        <v>2</v>
+      </c>
+      <c r="H5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6">
+        <v>1239</v>
+      </c>
+      <c r="B6">
+        <v>130921</v>
+      </c>
+      <c r="C6" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6">
+        <v>78439</v>
+      </c>
+      <c r="G6">
+        <v>6</v>
+      </c>
+      <c r="H6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7">
+        <v>1240</v>
+      </c>
+      <c r="B7">
+        <v>130921</v>
+      </c>
+      <c r="C7" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7">
+        <v>73315</v>
+      </c>
+      <c r="G7">
+        <v>2</v>
+      </c>
+      <c r="H7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8">
+        <v>1241</v>
+      </c>
+      <c r="B8">
+        <v>130921</v>
+      </c>
+      <c r="C8" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8">
+        <v>102128</v>
+      </c>
+      <c r="G8">
+        <v>1</v>
+      </c>
+      <c r="H8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9">
+        <v>1224</v>
+      </c>
+      <c r="B9">
+        <v>130534</v>
+      </c>
+      <c r="C9" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9">
+        <v>77405</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="H9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10">
+        <v>1230</v>
+      </c>
+      <c r="B10">
+        <v>130534</v>
+      </c>
+      <c r="C10" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10">
+        <v>112770</v>
+      </c>
+      <c r="G10">
+        <v>2</v>
+      </c>
+      <c r="H10" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11">
+        <v>1222</v>
+      </c>
+      <c r="B11">
+        <v>130534</v>
+      </c>
+      <c r="C11" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11">
+        <v>44682</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12">
+        <v>1220</v>
+      </c>
+      <c r="B12">
+        <v>130534</v>
+      </c>
+      <c r="C12" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12">
+        <v>58998</v>
+      </c>
+      <c r="G12">
+        <v>1</v>
+      </c>
+      <c r="H12" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13">
+        <v>1225</v>
+      </c>
+      <c r="B13">
+        <v>130534</v>
+      </c>
+      <c r="C13" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13">
+        <v>75971</v>
+      </c>
+      <c r="G13">
+        <v>2</v>
+      </c>
+      <c r="H13" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14">
+        <v>1226</v>
+      </c>
+      <c r="B14">
+        <v>130534</v>
+      </c>
+      <c r="C14" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14">
+        <v>101976</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="H14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15">
+        <v>1227</v>
+      </c>
+      <c r="B15">
+        <v>130534</v>
+      </c>
+      <c r="C15" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15">
+        <v>104391</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="H15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16">
+        <v>1228</v>
+      </c>
+      <c r="B16">
+        <v>130534</v>
+      </c>
+      <c r="C16" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16">
+        <v>78683</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17">
+        <v>1229</v>
+      </c>
+      <c r="B17">
+        <v>130534</v>
+      </c>
+      <c r="C17" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D17" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17">
+        <v>72349</v>
+      </c>
+      <c r="G17">
+        <v>1</v>
+      </c>
+      <c r="H17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18">
+        <v>1223</v>
+      </c>
+      <c r="B18">
+        <v>130534</v>
+      </c>
+      <c r="C18" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18">
+        <v>102828</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="H18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19">
+        <v>1231</v>
+      </c>
+      <c r="B19">
+        <v>130534</v>
+      </c>
+      <c r="C19" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19">
+        <v>60646</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="H19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20">
+        <v>1221</v>
+      </c>
+      <c r="B20">
+        <v>130534</v>
+      </c>
+      <c r="C20" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D20" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20">
+        <v>43560</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="H20" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21">
+        <v>1233</v>
+      </c>
+      <c r="B21">
+        <v>130534</v>
+      </c>
+      <c r="C21" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21">
+        <v>64907</v>
+      </c>
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
+        <v>1234</v>
+      </c>
+      <c r="B22">
+        <v>130534</v>
+      </c>
+      <c r="C22" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D22" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22">
+        <v>66029</v>
+      </c>
+      <c r="G22">
+        <v>1</v>
+      </c>
+      <c r="H22" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>1232</v>
+      </c>
+      <c r="B23">
+        <v>130534</v>
+      </c>
+      <c r="C23" t="s" s="2">
+        <v>26</v>
+      </c>
+      <c r="D23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" t="s">
+        <v>48</v>
+      </c>
+      <c r="F23">
+        <v>59225</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="H23" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24">
+        <v>1205</v>
+      </c>
+      <c r="B24">
+        <v>130516</v>
+      </c>
+      <c r="C24" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24">
+        <v>119161</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25">
+        <v>1206</v>
+      </c>
+      <c r="B25">
+        <v>130516</v>
+      </c>
+      <c r="C25" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>54</v>
+      </c>
+      <c r="F25">
+        <v>163318</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
+        <v>1207</v>
+      </c>
+      <c r="B26">
+        <v>130516</v>
+      </c>
+      <c r="C26" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D26" t="s">
+        <v>51</v>
+      </c>
+      <c r="E26" t="s">
+        <v>56</v>
+      </c>
+      <c r="F26">
+        <v>87901</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
+        <v>1208</v>
+      </c>
+      <c r="B27">
+        <v>130516</v>
+      </c>
+      <c r="C27" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D27" t="s">
+        <v>51</v>
+      </c>
+      <c r="E27" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27">
+        <v>82078</v>
+      </c>
+      <c r="G27">
+        <v>1</v>
+      </c>
+      <c r="H27" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28">
+        <v>1209</v>
+      </c>
+      <c r="B28">
+        <v>130516</v>
+      </c>
+      <c r="C28" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" t="s">
+        <v>60</v>
+      </c>
+      <c r="F28">
+        <v>74976</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
+      <c r="H28" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29">
+        <v>1210</v>
+      </c>
+      <c r="B29">
+        <v>130516</v>
+      </c>
+      <c r="C29" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29">
+        <v>77675</v>
+      </c>
+      <c r="G29">
+        <v>1</v>
+      </c>
+      <c r="H29" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30">
+        <v>1212</v>
+      </c>
+      <c r="B30">
+        <v>130516</v>
+      </c>
+      <c r="C30" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D30" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30">
+        <v>124260</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31">
+        <v>1213</v>
+      </c>
+      <c r="B31">
+        <v>130516</v>
+      </c>
+      <c r="C31" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31">
+        <v>142014</v>
+      </c>
+      <c r="G31">
+        <v>1</v>
+      </c>
+      <c r="H31" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32">
+        <v>1214</v>
+      </c>
+      <c r="B32">
+        <v>130516</v>
+      </c>
+      <c r="C32" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D32" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32">
+        <v>127825</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="H32" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
+        <v>1215</v>
+      </c>
+      <c r="B33">
+        <v>130516</v>
+      </c>
+      <c r="C33" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D33" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33">
+        <v>101550</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34">
+        <v>1216</v>
+      </c>
+      <c r="B34">
+        <v>130516</v>
+      </c>
+      <c r="C34" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D34" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" t="s">
+        <v>70</v>
+      </c>
+      <c r="F34">
+        <v>149840</v>
+      </c>
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35">
+        <v>1211</v>
+      </c>
+      <c r="B35">
+        <v>130516</v>
+      </c>
+      <c r="C35" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D35" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" t="s">
+        <v>72</v>
+      </c>
+      <c r="F35">
+        <v>127811</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="H35" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36">
+        <v>1218</v>
+      </c>
+      <c r="B36">
+        <v>130516</v>
+      </c>
+      <c r="C36" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D36" t="s">
+        <v>51</v>
+      </c>
+      <c r="E36" t="s">
+        <v>74</v>
+      </c>
+      <c r="F36">
+        <v>103524</v>
+      </c>
+      <c r="G36">
+        <v>2</v>
+      </c>
+      <c r="H36" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37">
+        <v>1219</v>
+      </c>
+      <c r="B37">
+        <v>130516</v>
+      </c>
+      <c r="C37" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D37" t="s">
+        <v>51</v>
+      </c>
+      <c r="E37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F37">
+        <v>119019</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
+      </c>
+      <c r="H37" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38">
+        <v>1217</v>
+      </c>
+      <c r="B38">
+        <v>130516</v>
+      </c>
+      <c r="C38" t="s" s="2">
+        <v>50</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38">
+        <v>122414</v>
+      </c>
+      <c r="G38">
+        <v>1</v>
+      </c>
+      <c r="H38" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39">
+        <v>1203</v>
+      </c>
+      <c r="B39">
+        <v>130506</v>
+      </c>
+      <c r="C39" t="s" s="2">
+        <v>78</v>
+      </c>
+      <c r="D39" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" t="s">
+        <v>80</v>
+      </c>
+      <c r="F39">
+        <v>1863</v>
+      </c>
+      <c r="G39">
+        <v>3</v>
+      </c>
+      <c r="H39" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40">
+        <v>1204</v>
+      </c>
+      <c r="B40">
+        <v>130506</v>
+      </c>
+      <c r="C40" t="s" s="2">
+        <v>78</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>82</v>
+      </c>
+      <c r="F40">
+        <v>157</v>
+      </c>
+      <c r="G40">
+        <v>120</v>
+      </c>
+      <c r="H40" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41">
+        <v>1201</v>
+      </c>
+      <c r="B41">
+        <v>129054</v>
+      </c>
+      <c r="C41" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D41" t="s">
+        <v>85</v>
+      </c>
+      <c r="E41" t="s">
+        <v>86</v>
+      </c>
+      <c r="F41">
+        <v>63500</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42">
+        <v>1237</v>
+      </c>
+      <c r="B42">
+        <v>129054</v>
+      </c>
+      <c r="C42" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D42" t="s">
+        <v>85</v>
+      </c>
+      <c r="E42" t="s">
+        <v>86</v>
+      </c>
+      <c r="F42">
+        <v>63500</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="H42" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43">
+        <v>1199</v>
+      </c>
+      <c r="B43">
+        <v>129054</v>
+      </c>
+      <c r="C43" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D43" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43">
+        <v>82000</v>
+      </c>
+      <c r="G43">
+        <v>2</v>
+      </c>
+      <c r="H43" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44">
+        <v>1202</v>
+      </c>
+      <c r="B44">
+        <v>129054</v>
+      </c>
+      <c r="C44" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D44" t="s">
+        <v>85</v>
+      </c>
+      <c r="E44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F44">
+        <v>74015</v>
+      </c>
+      <c r="G44">
+        <v>3</v>
+      </c>
+      <c r="H44" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45">
+        <v>1244</v>
+      </c>
+      <c r="B45">
+        <v>129054</v>
+      </c>
+      <c r="C45" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D45" t="s">
+        <v>85</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45">
+        <v>82000</v>
+      </c>
+      <c r="G45">
+        <v>6</v>
+      </c>
+      <c r="H45" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46">
+        <v>1200</v>
+      </c>
+      <c r="B46">
+        <v>129054</v>
+      </c>
+      <c r="C46" t="s" s="2">
+        <v>84</v>
+      </c>
+      <c r="D46" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46">
+        <v>45000</v>
+      </c>
+      <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47">
+        <v>1190</v>
+      </c>
+      <c r="B47">
+        <v>128709</v>
+      </c>
+      <c r="C47" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D47" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" t="s">
+        <v>16</v>
+      </c>
+      <c r="F47">
+        <v>102353</v>
+      </c>
+      <c r="G47">
+        <v>1</v>
+      </c>
+      <c r="H47" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48">
+        <v>1189</v>
+      </c>
+      <c r="B48">
+        <v>128709</v>
+      </c>
+      <c r="C48" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D48" t="s">
+        <v>89</v>
+      </c>
+      <c r="E48" t="s">
+        <v>90</v>
+      </c>
+      <c r="F48">
+        <v>121146</v>
+      </c>
+      <c r="G48">
+        <v>1</v>
+      </c>
+      <c r="H48" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49">
+        <v>1188</v>
+      </c>
+      <c r="B49">
+        <v>128709</v>
+      </c>
+      <c r="C49" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D49" t="s">
+        <v>89</v>
+      </c>
+      <c r="E49" t="s">
+        <v>62</v>
+      </c>
+      <c r="F49">
+        <v>77220</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50">
+        <v>1187</v>
+      </c>
+      <c r="B50">
+        <v>128709</v>
+      </c>
+      <c r="C50" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D50" t="s">
+        <v>89</v>
+      </c>
+      <c r="E50" t="s">
+        <v>60</v>
+      </c>
+      <c r="F50">
+        <v>73690</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51">
+        <v>1186</v>
+      </c>
+      <c r="B51">
+        <v>128709</v>
+      </c>
+      <c r="C51" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D51" t="s">
+        <v>89</v>
+      </c>
+      <c r="E51" t="s">
+        <v>58</v>
+      </c>
+      <c r="F51">
+        <v>80750</v>
+      </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="H51" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52">
+        <v>1180</v>
+      </c>
+      <c r="B52">
+        <v>128709</v>
+      </c>
+      <c r="C52" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D52" t="s">
+        <v>89</v>
+      </c>
+      <c r="E52" t="s">
+        <v>92</v>
+      </c>
+      <c r="F52">
+        <v>150896</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
+      </c>
+      <c r="H52" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>1191</v>
+      </c>
+      <c r="B53">
+        <v>128709</v>
+      </c>
+      <c r="C53" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D53" t="s">
+        <v>89</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53">
+        <v>76952</v>
+      </c>
+      <c r="G53">
+        <v>2</v>
+      </c>
+      <c r="H53" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54">
+        <v>1185</v>
+      </c>
+      <c r="B54">
+        <v>128709</v>
+      </c>
+      <c r="C54" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D54" t="s">
+        <v>89</v>
+      </c>
+      <c r="E54" t="s">
+        <v>56</v>
+      </c>
+      <c r="F54">
+        <v>88530</v>
+      </c>
+      <c r="G54">
+        <v>1</v>
+      </c>
+      <c r="H54" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55">
+        <v>1183</v>
+      </c>
+      <c r="B55">
+        <v>128709</v>
+      </c>
+      <c r="C55" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D55" t="s">
+        <v>89</v>
+      </c>
+      <c r="E55" t="s">
+        <v>94</v>
+      </c>
+      <c r="F55">
+        <v>96564</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56">
+        <v>1182</v>
+      </c>
+      <c r="B56">
+        <v>128709</v>
+      </c>
+      <c r="C56" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D56" t="s">
+        <v>89</v>
+      </c>
+      <c r="E56" t="s">
+        <v>96</v>
+      </c>
+      <c r="F56">
+        <v>121146</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="H56" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57">
+        <v>1181</v>
+      </c>
+      <c r="B57">
+        <v>128709</v>
+      </c>
+      <c r="C57" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D57" t="s">
+        <v>89</v>
+      </c>
+      <c r="E57" t="s">
+        <v>98</v>
+      </c>
+      <c r="F57">
+        <v>85551</v>
+      </c>
+      <c r="G57">
+        <v>1</v>
+      </c>
+      <c r="H57" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58">
+        <v>1179</v>
+      </c>
+      <c r="B58">
+        <v>128709</v>
+      </c>
+      <c r="C58" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D58" t="s">
+        <v>89</v>
+      </c>
+      <c r="E58" t="s">
+        <v>100</v>
+      </c>
+      <c r="F58">
+        <v>163788</v>
+      </c>
+      <c r="G58">
+        <v>1</v>
+      </c>
+      <c r="H58" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59">
+        <v>1192</v>
+      </c>
+      <c r="B59">
+        <v>128709</v>
+      </c>
+      <c r="C59" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D59" t="s">
+        <v>89</v>
+      </c>
+      <c r="E59" t="s">
+        <v>68</v>
+      </c>
+      <c r="F59">
+        <v>127782</v>
+      </c>
+      <c r="G59">
+        <v>1</v>
+      </c>
+      <c r="H59" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60">
+        <v>1184</v>
+      </c>
+      <c r="B60">
+        <v>128709</v>
+      </c>
+      <c r="C60" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D60" t="s">
+        <v>89</v>
+      </c>
+      <c r="E60" t="s">
+        <v>102</v>
+      </c>
+      <c r="F60">
+        <v>102791</v>
+      </c>
+      <c r="G60">
+        <v>1</v>
+      </c>
+      <c r="H60" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61">
+        <v>1194</v>
+      </c>
+      <c r="B61">
+        <v>128709</v>
+      </c>
+      <c r="C61" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D61" t="s">
+        <v>89</v>
+      </c>
+      <c r="E61" t="s">
+        <v>34</v>
+      </c>
+      <c r="F61">
+        <v>104061</v>
+      </c>
+      <c r="G61">
+        <v>3</v>
+      </c>
+      <c r="H61" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62">
+        <v>1193</v>
+      </c>
+      <c r="B62">
+        <v>128709</v>
+      </c>
+      <c r="C62" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D62" t="s">
+        <v>89</v>
+      </c>
+      <c r="E62" t="s">
+        <v>104</v>
+      </c>
+      <c r="F62">
+        <v>94178</v>
+      </c>
+      <c r="G62">
+        <v>1</v>
+      </c>
+      <c r="H62" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63">
+        <v>1238</v>
+      </c>
+      <c r="B63">
+        <v>128709</v>
+      </c>
+      <c r="C63" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D63" t="s">
+        <v>89</v>
+      </c>
+      <c r="E63" t="s">
+        <v>56</v>
+      </c>
+      <c r="F63">
+        <v>88530</v>
+      </c>
+      <c r="G63">
+        <v>1</v>
+      </c>
+      <c r="H63" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64">
+        <v>1197</v>
+      </c>
+      <c r="B64">
+        <v>128709</v>
+      </c>
+      <c r="C64" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D64" t="s">
+        <v>89</v>
+      </c>
+      <c r="E64" t="s">
+        <v>76</v>
+      </c>
+      <c r="F64">
+        <v>124958</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65">
+        <v>1242</v>
+      </c>
+      <c r="B65">
+        <v>128709</v>
+      </c>
+      <c r="C65" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D65" t="s">
+        <v>89</v>
+      </c>
+      <c r="E65" t="s">
+        <v>106</v>
+      </c>
+      <c r="F65">
+        <v>111545</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66">
+        <v>1196</v>
+      </c>
+      <c r="B66">
+        <v>128709</v>
+      </c>
+      <c r="C66" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D66" t="s">
+        <v>89</v>
+      </c>
+      <c r="E66" t="s">
+        <v>108</v>
+      </c>
+      <c r="F66">
+        <v>116487</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67">
+        <v>1195</v>
+      </c>
+      <c r="B67">
+        <v>128709</v>
+      </c>
+      <c r="C67" t="s" s="2">
+        <v>88</v>
+      </c>
+      <c r="D67" t="s">
+        <v>89</v>
+      </c>
+      <c r="E67" t="s">
+        <v>106</v>
+      </c>
+      <c r="F67">
+        <v>111545</v>
+      </c>
+      <c r="G67">
+        <v>1</v>
+      </c>
+      <c r="H67" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68">
+        <v>1159</v>
+      </c>
+      <c r="B68">
+        <v>128677</v>
+      </c>
+      <c r="C68" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D68" t="s">
+        <v>111</v>
+      </c>
+      <c r="E68" t="s">
+        <v>30</v>
+      </c>
+      <c r="F68">
+        <v>58653</v>
+      </c>
+      <c r="G68">
+        <v>2</v>
+      </c>
+      <c r="H68" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69">
+        <v>1160</v>
+      </c>
+      <c r="B69">
+        <v>128677</v>
+      </c>
+      <c r="C69" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D69" t="s">
+        <v>111</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69">
+        <v>43304</v>
+      </c>
+      <c r="G69">
+        <v>2</v>
+      </c>
+      <c r="H69" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70">
+        <v>1161</v>
+      </c>
+      <c r="B70">
+        <v>128677</v>
+      </c>
+      <c r="C70" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D70" t="s">
+        <v>111</v>
+      </c>
+      <c r="E70" t="s">
+        <v>28</v>
+      </c>
+      <c r="F70">
+        <v>44420</v>
+      </c>
+      <c r="G70">
+        <v>2</v>
+      </c>
+      <c r="H70" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71">
+        <v>1169</v>
+      </c>
+      <c r="B71">
+        <v>128677</v>
+      </c>
+      <c r="C71" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D71" t="s">
+        <v>111</v>
+      </c>
+      <c r="E71" t="s">
+        <v>112</v>
+      </c>
+      <c r="F71">
+        <v>81018</v>
+      </c>
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72">
+        <v>1162</v>
+      </c>
+      <c r="B72">
+        <v>128677</v>
+      </c>
+      <c r="C72" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D72" t="s">
+        <v>111</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72">
+        <v>76952</v>
+      </c>
+      <c r="G72">
+        <v>2</v>
+      </c>
+      <c r="H72" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73">
+        <v>1163</v>
+      </c>
+      <c r="B73">
+        <v>128677</v>
+      </c>
+      <c r="C73" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D73" t="s">
+        <v>111</v>
+      </c>
+      <c r="E73" t="s">
+        <v>22</v>
+      </c>
+      <c r="F73">
+        <v>72702</v>
+      </c>
+      <c r="G73">
+        <v>2</v>
+      </c>
+      <c r="H73" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74">
+        <v>1164</v>
+      </c>
+      <c r="B74">
+        <v>128677</v>
+      </c>
+      <c r="C74" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D74" t="s">
+        <v>111</v>
+      </c>
+      <c r="E74" t="s">
+        <v>104</v>
+      </c>
+      <c r="F74">
+        <v>94178</v>
+      </c>
+      <c r="G74">
+        <v>1</v>
+      </c>
+      <c r="H74" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75">
+        <v>1165</v>
+      </c>
+      <c r="B75">
+        <v>128677</v>
+      </c>
+      <c r="C75" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D75" t="s">
+        <v>111</v>
+      </c>
+      <c r="E75" t="s">
+        <v>114</v>
+      </c>
+      <c r="F75">
+        <v>77234</v>
+      </c>
+      <c r="G75">
+        <v>1</v>
+      </c>
+      <c r="H75" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76">
+        <v>1166</v>
+      </c>
+      <c r="B76">
+        <v>128677</v>
+      </c>
+      <c r="C76" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D76" t="s">
+        <v>111</v>
+      </c>
+      <c r="E76" t="s">
+        <v>116</v>
+      </c>
+      <c r="F76">
+        <v>78646</v>
+      </c>
+      <c r="G76">
+        <v>1</v>
+      </c>
+      <c r="H76" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77">
+        <v>1167</v>
+      </c>
+      <c r="B77">
+        <v>128677</v>
+      </c>
+      <c r="C77" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D77" t="s">
+        <v>111</v>
+      </c>
+      <c r="E77" t="s">
+        <v>118</v>
+      </c>
+      <c r="F77">
+        <v>91354</v>
+      </c>
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78">
+        <v>1168</v>
+      </c>
+      <c r="B78">
+        <v>128677</v>
+      </c>
+      <c r="C78" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D78" t="s">
+        <v>111</v>
+      </c>
+      <c r="E78" t="s">
+        <v>34</v>
+      </c>
+      <c r="F78">
+        <v>104061</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79">
+        <v>1158</v>
+      </c>
+      <c r="B79">
+        <v>128677</v>
+      </c>
+      <c r="C79" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D79" t="s">
+        <v>111</v>
+      </c>
+      <c r="E79" t="s">
+        <v>120</v>
+      </c>
+      <c r="F79">
+        <v>54868</v>
+      </c>
+      <c r="G79">
+        <v>2</v>
+      </c>
+      <c r="H79" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80">
+        <v>1170</v>
+      </c>
+      <c r="B80">
+        <v>128677</v>
+      </c>
+      <c r="C80" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D80" t="s">
+        <v>111</v>
+      </c>
+      <c r="E80" t="s">
+        <v>122</v>
+      </c>
+      <c r="F80">
+        <v>90238</v>
+      </c>
+      <c r="G80">
+        <v>1</v>
+      </c>
+      <c r="H80" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81">
+        <v>1173</v>
+      </c>
+      <c r="B81">
+        <v>128677</v>
+      </c>
+      <c r="C81" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D81" t="s">
+        <v>111</v>
+      </c>
+      <c r="E81" t="s">
+        <v>10</v>
+      </c>
+      <c r="F81">
+        <v>112237</v>
+      </c>
+      <c r="G81">
+        <v>2</v>
+      </c>
+      <c r="H81" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82">
+        <v>1172</v>
+      </c>
+      <c r="B82">
+        <v>128677</v>
+      </c>
+      <c r="C82" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D82" t="s">
+        <v>111</v>
+      </c>
+      <c r="E82" t="s">
+        <v>38</v>
+      </c>
+      <c r="F82">
+        <v>71925</v>
+      </c>
+      <c r="G82">
+        <v>1</v>
+      </c>
+      <c r="H82" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83">
+        <v>1157</v>
+      </c>
+      <c r="B83">
+        <v>128677</v>
+      </c>
+      <c r="C83" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D83" t="s">
+        <v>111</v>
+      </c>
+      <c r="E83" t="s">
+        <v>86</v>
+      </c>
+      <c r="F83">
+        <v>57184</v>
+      </c>
+      <c r="G83">
+        <v>20</v>
+      </c>
+      <c r="H83" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84">
+        <v>1174</v>
+      </c>
+      <c r="B84">
+        <v>128677</v>
+      </c>
+      <c r="C84" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D84" t="s">
+        <v>111</v>
+      </c>
+      <c r="E84" t="s">
+        <v>124</v>
+      </c>
+      <c r="F84">
+        <v>81470</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85">
+        <v>1175</v>
+      </c>
+      <c r="B85">
+        <v>128677</v>
+      </c>
+      <c r="C85" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D85" t="s">
+        <v>111</v>
+      </c>
+      <c r="E85" t="s">
+        <v>126</v>
+      </c>
+      <c r="F85">
+        <v>60290</v>
+      </c>
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="H85" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86">
+        <v>1176</v>
+      </c>
+      <c r="B86">
+        <v>128677</v>
+      </c>
+      <c r="C86" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D86" t="s">
+        <v>111</v>
+      </c>
+      <c r="E86" t="s">
+        <v>48</v>
+      </c>
+      <c r="F86">
+        <v>58878</v>
+      </c>
+      <c r="G86">
+        <v>1</v>
+      </c>
+      <c r="H86" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87">
+        <v>1177</v>
+      </c>
+      <c r="B87">
+        <v>128677</v>
+      </c>
+      <c r="C87" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D87" t="s">
+        <v>111</v>
+      </c>
+      <c r="E87" t="s">
+        <v>44</v>
+      </c>
+      <c r="F87">
+        <v>64526</v>
+      </c>
+      <c r="G87">
+        <v>2</v>
+      </c>
+      <c r="H87" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88">
+        <v>1178</v>
+      </c>
+      <c r="B88">
+        <v>128677</v>
+      </c>
+      <c r="C88" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D88" t="s">
+        <v>111</v>
+      </c>
+      <c r="E88" t="s">
+        <v>46</v>
+      </c>
+      <c r="F88">
+        <v>65642</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89">
+        <v>1171</v>
+      </c>
+      <c r="B89">
+        <v>128677</v>
+      </c>
+      <c r="C89" t="s" s="2">
+        <v>110</v>
+      </c>
+      <c r="D89" t="s">
+        <v>111</v>
+      </c>
+      <c r="E89" t="s">
+        <v>36</v>
+      </c>
+      <c r="F89">
+        <v>78222</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="H89" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90">
+        <v>1153</v>
+      </c>
+      <c r="B90">
+        <v>128656</v>
+      </c>
+      <c r="C90" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D90" t="s">
+        <v>129</v>
+      </c>
+      <c r="E90" t="s">
+        <v>130</v>
+      </c>
+      <c r="F90">
+        <v>3332</v>
+      </c>
+      <c r="G90">
+        <v>6</v>
+      </c>
+      <c r="H90" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91">
+        <v>1152</v>
+      </c>
+      <c r="B91">
+        <v>128656</v>
+      </c>
+      <c r="C91" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D91" t="s">
+        <v>129</v>
+      </c>
+      <c r="E91" t="s">
+        <v>132</v>
+      </c>
+      <c r="F91">
+        <v>156714</v>
+      </c>
+      <c r="G91">
+        <v>1</v>
+      </c>
+      <c r="H91" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92">
+        <v>1151</v>
+      </c>
+      <c r="B92">
+        <v>128656</v>
+      </c>
+      <c r="C92" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D92" t="s">
+        <v>129</v>
+      </c>
+      <c r="E92" t="s">
+        <v>134</v>
+      </c>
+      <c r="F92">
+        <v>98131</v>
+      </c>
+      <c r="G92">
+        <v>1</v>
+      </c>
+      <c r="H92" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93">
+        <v>1150</v>
+      </c>
+      <c r="B93">
+        <v>128656</v>
+      </c>
+      <c r="C93" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D93" t="s">
+        <v>129</v>
+      </c>
+      <c r="E93" t="s">
+        <v>136</v>
+      </c>
+      <c r="F93">
+        <v>165200</v>
+      </c>
+      <c r="G93">
+        <v>1</v>
+      </c>
+      <c r="H93" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94">
+        <v>1149</v>
+      </c>
+      <c r="B94">
+        <v>128656</v>
+      </c>
+      <c r="C94" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D94" t="s">
+        <v>129</v>
+      </c>
+      <c r="E94" t="s">
+        <v>138</v>
+      </c>
+      <c r="F94">
+        <v>98131</v>
+      </c>
+      <c r="G94">
+        <v>3</v>
+      </c>
+      <c r="H94" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95">
+        <v>1155</v>
+      </c>
+      <c r="B95">
+        <v>128656</v>
+      </c>
+      <c r="C95" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D95" t="s">
+        <v>129</v>
+      </c>
+      <c r="E95" t="s">
+        <v>140</v>
+      </c>
+      <c r="F95">
+        <v>158846</v>
+      </c>
+      <c r="G95">
+        <v>1</v>
+      </c>
+      <c r="H95" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96">
+        <v>1154</v>
+      </c>
+      <c r="B96">
+        <v>128656</v>
+      </c>
+      <c r="C96" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D96" t="s">
+        <v>129</v>
+      </c>
+      <c r="E96" t="s">
+        <v>142</v>
+      </c>
+      <c r="F96">
+        <v>95731</v>
+      </c>
+      <c r="G96">
+        <v>2</v>
+      </c>
+      <c r="H96" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97">
+        <v>1156</v>
+      </c>
+      <c r="B97">
+        <v>128656</v>
+      </c>
+      <c r="C97" t="s" s="2">
+        <v>128</v>
+      </c>
+      <c r="D97" t="s">
+        <v>129</v>
+      </c>
+      <c r="E97" t="s">
+        <v>144</v>
+      </c>
+      <c r="F97">
+        <v>83305</v>
+      </c>
+      <c r="G97">
+        <v>1</v>
+      </c>
+      <c r="H97" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98">
+        <v>1136</v>
+      </c>
+      <c r="B98">
+        <v>128591</v>
+      </c>
+      <c r="C98" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D98" t="s">
+        <v>147</v>
+      </c>
+      <c r="E98" t="s">
+        <v>148</v>
+      </c>
+      <c r="F98">
+        <v>704</v>
+      </c>
+      <c r="G98">
+        <v>5</v>
+      </c>
+      <c r="H98" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99">
+        <v>1128</v>
+      </c>
+      <c r="B99">
+        <v>128591</v>
+      </c>
+      <c r="C99" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D99" t="s">
+        <v>147</v>
+      </c>
+      <c r="E99" t="s">
+        <v>150</v>
+      </c>
+      <c r="F99">
+        <v>1906</v>
+      </c>
+      <c r="G99">
+        <v>20</v>
+      </c>
+      <c r="H99" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100">
+        <v>1129</v>
+      </c>
+      <c r="B100">
+        <v>128591</v>
+      </c>
+      <c r="C100" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D100" t="s">
+        <v>147</v>
+      </c>
+      <c r="E100" t="s">
+        <v>152</v>
+      </c>
+      <c r="F100">
+        <v>970</v>
+      </c>
+      <c r="G100">
+        <v>50</v>
+      </c>
+      <c r="H100" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101">
+        <v>1130</v>
+      </c>
+      <c r="B101">
+        <v>128591</v>
+      </c>
+      <c r="C101" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D101" t="s">
+        <v>147</v>
+      </c>
+      <c r="E101" t="s">
+        <v>154</v>
+      </c>
+      <c r="F101">
+        <v>4659</v>
+      </c>
+      <c r="G101">
+        <v>5</v>
+      </c>
+      <c r="H101" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102">
+        <v>1131</v>
+      </c>
+      <c r="B102">
+        <v>128591</v>
+      </c>
+      <c r="C102" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D102" t="s">
+        <v>147</v>
+      </c>
+      <c r="E102" t="s">
+        <v>156</v>
+      </c>
+      <c r="F102">
+        <v>9869</v>
+      </c>
+      <c r="G102">
+        <v>5</v>
+      </c>
+      <c r="H102" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103">
+        <v>1132</v>
+      </c>
+      <c r="B103">
+        <v>128591</v>
+      </c>
+      <c r="C103" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D103" t="s">
+        <v>147</v>
+      </c>
+      <c r="E103" t="s">
+        <v>158</v>
+      </c>
+      <c r="F103">
+        <v>7342</v>
+      </c>
+      <c r="G103">
+        <v>20</v>
+      </c>
+      <c r="H103" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104">
+        <v>1133</v>
+      </c>
+      <c r="B104">
+        <v>128591</v>
+      </c>
+      <c r="C104" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D104" t="s">
+        <v>147</v>
+      </c>
+      <c r="E104" t="s">
+        <v>160</v>
+      </c>
+      <c r="F104">
+        <v>11154</v>
+      </c>
+      <c r="G104">
+        <v>20</v>
+      </c>
+      <c r="H104" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105">
+        <v>1134</v>
+      </c>
+      <c r="B105">
+        <v>128591</v>
+      </c>
+      <c r="C105" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D105" t="s">
+        <v>147</v>
+      </c>
+      <c r="E105" t="s">
+        <v>162</v>
+      </c>
+      <c r="F105">
+        <v>3671</v>
+      </c>
+      <c r="G105">
+        <v>20</v>
+      </c>
+      <c r="H105" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106">
+        <v>1135</v>
+      </c>
+      <c r="B106">
+        <v>128591</v>
+      </c>
+      <c r="C106" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D106" t="s">
+        <v>147</v>
+      </c>
+      <c r="E106" t="s">
+        <v>164</v>
+      </c>
+      <c r="F106">
+        <v>704</v>
+      </c>
+      <c r="G106">
+        <v>5</v>
+      </c>
+      <c r="H106" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107">
+        <v>1137</v>
+      </c>
+      <c r="B107">
+        <v>128591</v>
+      </c>
+      <c r="C107" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D107" t="s">
+        <v>147</v>
+      </c>
+      <c r="E107" t="s">
+        <v>166</v>
+      </c>
+      <c r="F107">
+        <v>704</v>
+      </c>
+      <c r="G107">
+        <v>5</v>
+      </c>
+      <c r="H107" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108">
+        <v>1138</v>
+      </c>
+      <c r="B108">
+        <v>128591</v>
+      </c>
+      <c r="C108" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D108" t="s">
+        <v>147</v>
+      </c>
+      <c r="E108" t="s">
+        <v>168</v>
+      </c>
+      <c r="F108">
+        <v>960</v>
+      </c>
+      <c r="G108">
+        <v>7</v>
+      </c>
+      <c r="H108" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109">
+        <v>1139</v>
+      </c>
+      <c r="B109">
+        <v>128591</v>
+      </c>
+      <c r="C109" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D109" t="s">
+        <v>147</v>
+      </c>
+      <c r="E109" t="s">
+        <v>170</v>
+      </c>
+      <c r="F109">
+        <v>974</v>
+      </c>
+      <c r="G109">
+        <v>7</v>
+      </c>
+      <c r="H109" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110">
+        <v>1141</v>
+      </c>
+      <c r="B110">
+        <v>128591</v>
+      </c>
+      <c r="C110" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D110" t="s">
+        <v>147</v>
+      </c>
+      <c r="E110" t="s">
+        <v>172</v>
+      </c>
+      <c r="F110">
+        <v>704</v>
+      </c>
+      <c r="G110">
+        <v>4</v>
+      </c>
+      <c r="H110" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111">
+        <v>1140</v>
+      </c>
+      <c r="B111">
+        <v>128591</v>
+      </c>
+      <c r="C111" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D111" t="s">
+        <v>147</v>
+      </c>
+      <c r="E111" t="s">
+        <v>174</v>
+      </c>
+      <c r="F111">
+        <v>563</v>
+      </c>
+      <c r="G111">
+        <v>4</v>
+      </c>
+      <c r="H111" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112">
+        <v>1142</v>
+      </c>
+      <c r="B112">
+        <v>128591</v>
+      </c>
+      <c r="C112" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D112" t="s">
+        <v>147</v>
+      </c>
+      <c r="E112" t="s">
+        <v>176</v>
+      </c>
+      <c r="F112">
+        <v>974</v>
+      </c>
+      <c r="G112">
+        <v>4</v>
+      </c>
+      <c r="H112" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113">
+        <v>1143</v>
+      </c>
+      <c r="B113">
+        <v>128591</v>
+      </c>
+      <c r="C113" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D113" t="s">
+        <v>147</v>
+      </c>
+      <c r="E113" t="s">
+        <v>178</v>
+      </c>
+      <c r="F113">
+        <v>2103</v>
+      </c>
+      <c r="G113">
+        <v>3</v>
+      </c>
+      <c r="H113" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114">
+        <v>1144</v>
+      </c>
+      <c r="B114">
+        <v>128591</v>
+      </c>
+      <c r="C114" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D114" t="s">
+        <v>147</v>
+      </c>
+      <c r="E114" t="s">
+        <v>180</v>
+      </c>
+      <c r="F114">
+        <v>2809</v>
+      </c>
+      <c r="G114">
+        <v>10</v>
+      </c>
+      <c r="H114" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115">
+        <v>1145</v>
+      </c>
+      <c r="B115">
+        <v>128591</v>
+      </c>
+      <c r="C115" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D115" t="s">
+        <v>147</v>
+      </c>
+      <c r="E115" t="s">
+        <v>182</v>
+      </c>
+      <c r="F115">
+        <v>1115</v>
+      </c>
+      <c r="G115">
+        <v>10</v>
+      </c>
+      <c r="H115" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116">
+        <v>1146</v>
+      </c>
+      <c r="B116">
+        <v>128591</v>
+      </c>
+      <c r="C116" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D116" t="s">
+        <v>147</v>
+      </c>
+      <c r="E116" t="s">
+        <v>184</v>
+      </c>
+      <c r="F116">
+        <v>300</v>
+      </c>
+      <c r="G116">
+        <v>10</v>
+      </c>
+      <c r="H116" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117">
+        <v>1147</v>
+      </c>
+      <c r="B117">
+        <v>128591</v>
+      </c>
+      <c r="C117" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D117" t="s">
+        <v>147</v>
+      </c>
+      <c r="E117" t="s">
+        <v>186</v>
+      </c>
+      <c r="F117">
+        <v>2470</v>
+      </c>
+      <c r="G117">
+        <v>90</v>
+      </c>
+      <c r="H117" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118">
+        <v>1148</v>
+      </c>
+      <c r="B118">
+        <v>128591</v>
+      </c>
+      <c r="C118" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D118" t="s">
+        <v>147</v>
+      </c>
+      <c r="E118" t="s">
+        <v>188</v>
+      </c>
+      <c r="F118">
+        <v>2612</v>
+      </c>
+      <c r="G118">
+        <v>20</v>
+      </c>
+      <c r="H118" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119">
+        <v>1235</v>
+      </c>
+      <c r="B119">
+        <v>128591</v>
+      </c>
+      <c r="C119" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D119" t="s">
+        <v>147</v>
+      </c>
+      <c r="E119" t="s">
+        <v>190</v>
+      </c>
+      <c r="F119">
+        <v>563</v>
+      </c>
+      <c r="G119">
+        <v>10</v>
+      </c>
+      <c r="H119" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120">
+        <v>1236</v>
+      </c>
+      <c r="B120">
+        <v>128591</v>
+      </c>
+      <c r="C120" t="s" s="2">
+        <v>146</v>
+      </c>
+      <c r="D120" t="s">
+        <v>147</v>
+      </c>
+      <c r="E120" t="s">
+        <v>192</v>
+      </c>
+      <c r="F120">
+        <v>889</v>
+      </c>
+      <c r="G120">
+        <v>10</v>
+      </c>
+      <c r="H120" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121">
+        <v>1113</v>
+      </c>
+      <c r="B121">
+        <v>125890</v>
+      </c>
+      <c r="C121" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D121" t="s">
+        <v>195</v>
+      </c>
+      <c r="E121" t="s">
+        <v>196</v>
+      </c>
+      <c r="F121">
+        <v>105466</v>
+      </c>
+      <c r="G121">
+        <v>1</v>
+      </c>
+      <c r="H121" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122">
+        <v>1114</v>
+      </c>
+      <c r="B122">
+        <v>125890</v>
+      </c>
+      <c r="C122" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D122" t="s">
+        <v>195</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122">
+        <v>77441</v>
+      </c>
+      <c r="G122">
+        <v>1</v>
+      </c>
+      <c r="H122" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123">
+        <v>1115</v>
+      </c>
+      <c r="B123">
+        <v>125890</v>
+      </c>
+      <c r="C123" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D123" t="s">
+        <v>195</v>
+      </c>
+      <c r="E123" t="s">
+        <v>68</v>
+      </c>
+      <c r="F123">
+        <v>128139</v>
+      </c>
+      <c r="G123">
+        <v>1</v>
+      </c>
+      <c r="H123" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124">
+        <v>1112</v>
+      </c>
+      <c r="B124">
+        <v>125890</v>
+      </c>
+      <c r="C124" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D124" t="s">
+        <v>195</v>
+      </c>
+      <c r="E124" t="s">
+        <v>16</v>
+      </c>
+      <c r="F124">
+        <v>102227</v>
+      </c>
+      <c r="G124">
+        <v>2</v>
+      </c>
+      <c r="H124" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125">
+        <v>1111</v>
+      </c>
+      <c r="B125">
+        <v>125890</v>
+      </c>
+      <c r="C125" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D125" t="s">
+        <v>195</v>
+      </c>
+      <c r="E125" t="s">
+        <v>90</v>
+      </c>
+      <c r="F125">
+        <v>121098</v>
+      </c>
+      <c r="G125">
+        <v>1</v>
+      </c>
+      <c r="H125" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126">
+        <v>1109</v>
+      </c>
+      <c r="B126">
+        <v>125890</v>
+      </c>
+      <c r="C126" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D126" t="s">
+        <v>195</v>
+      </c>
+      <c r="E126" t="s">
+        <v>60</v>
+      </c>
+      <c r="F126">
+        <v>76737</v>
+      </c>
+      <c r="G126">
+        <v>1</v>
+      </c>
+      <c r="H126" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127">
+        <v>1104</v>
+      </c>
+      <c r="B127">
+        <v>125890</v>
+      </c>
+      <c r="C127" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D127" t="s">
+        <v>195</v>
+      </c>
+      <c r="E127" t="s">
+        <v>198</v>
+      </c>
+      <c r="F127">
+        <v>156305</v>
+      </c>
+      <c r="G127">
+        <v>1</v>
+      </c>
+      <c r="H127" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128">
+        <v>1107</v>
+      </c>
+      <c r="B128">
+        <v>125890</v>
+      </c>
+      <c r="C128" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D128" t="s">
+        <v>195</v>
+      </c>
+      <c r="E128" t="s">
+        <v>56</v>
+      </c>
+      <c r="F128">
+        <v>88285</v>
+      </c>
+      <c r="G128">
+        <v>1</v>
+      </c>
+      <c r="H128" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129">
+        <v>1106</v>
+      </c>
+      <c r="B129">
+        <v>125890</v>
+      </c>
+      <c r="C129" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D129" t="s">
+        <v>195</v>
+      </c>
+      <c r="E129" t="s">
+        <v>102</v>
+      </c>
+      <c r="F129">
+        <v>102790</v>
+      </c>
+      <c r="G129">
+        <v>1</v>
+      </c>
+      <c r="H129" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130">
+        <v>1116</v>
+      </c>
+      <c r="B130">
+        <v>125890</v>
+      </c>
+      <c r="C130" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D130" t="s">
+        <v>195</v>
+      </c>
+      <c r="E130" t="s">
+        <v>104</v>
+      </c>
+      <c r="F130">
+        <v>94341</v>
+      </c>
+      <c r="G130">
+        <v>2</v>
+      </c>
+      <c r="H130" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131">
+        <v>1105</v>
+      </c>
+      <c r="B131">
+        <v>125890</v>
+      </c>
+      <c r="C131" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D131" t="s">
+        <v>195</v>
+      </c>
+      <c r="E131" t="s">
+        <v>160</v>
+      </c>
+      <c r="F131">
+        <v>11252</v>
+      </c>
+      <c r="G131">
+        <v>4</v>
+      </c>
+      <c r="H131" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132">
+        <v>1108</v>
+      </c>
+      <c r="B132">
+        <v>125890</v>
+      </c>
+      <c r="C132" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D132" t="s">
+        <v>195</v>
+      </c>
+      <c r="E132" t="s">
+        <v>58</v>
+      </c>
+      <c r="F132">
+        <v>80258</v>
+      </c>
+      <c r="G132">
+        <v>2</v>
+      </c>
+      <c r="H132" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133">
+        <v>1117</v>
+      </c>
+      <c r="B133">
+        <v>125890</v>
+      </c>
+      <c r="C133" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D133" t="s">
+        <v>195</v>
+      </c>
+      <c r="E133" t="s">
+        <v>34</v>
+      </c>
+      <c r="F133">
+        <v>104199</v>
+      </c>
+      <c r="G133">
+        <v>3</v>
+      </c>
+      <c r="H133" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134">
+        <v>1110</v>
+      </c>
+      <c r="B134">
+        <v>125890</v>
+      </c>
+      <c r="C134" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D134" t="s">
+        <v>195</v>
+      </c>
+      <c r="E134" t="s">
+        <v>62</v>
+      </c>
+      <c r="F134">
+        <v>76174</v>
+      </c>
+      <c r="G134">
+        <v>1</v>
+      </c>
+      <c r="H134" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135">
+        <v>1119</v>
+      </c>
+      <c r="B135">
+        <v>125890</v>
+      </c>
+      <c r="C135" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D135" t="s">
+        <v>195</v>
+      </c>
+      <c r="E135" t="s">
+        <v>200</v>
+      </c>
+      <c r="F135">
+        <v>105607</v>
+      </c>
+      <c r="G135">
+        <v>1</v>
+      </c>
+      <c r="H135" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136">
+        <v>1118</v>
+      </c>
+      <c r="B136">
+        <v>125890</v>
+      </c>
+      <c r="C136" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D136" t="s">
+        <v>195</v>
+      </c>
+      <c r="E136" t="s">
+        <v>106</v>
+      </c>
+      <c r="F136">
+        <v>111662</v>
+      </c>
+      <c r="G136">
+        <v>1</v>
+      </c>
+      <c r="H136" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137">
+        <v>1121</v>
+      </c>
+      <c r="B137">
+        <v>125890</v>
+      </c>
+      <c r="C137" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D137" t="s">
+        <v>195</v>
+      </c>
+      <c r="E137" t="s">
+        <v>76</v>
+      </c>
+      <c r="F137">
+        <v>125041</v>
+      </c>
+      <c r="G137">
+        <v>1</v>
+      </c>
+      <c r="H137" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138">
+        <v>1198</v>
+      </c>
+      <c r="B138">
+        <v>125890</v>
+      </c>
+      <c r="C138" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D138" t="s">
+        <v>195</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138">
+        <v>77441</v>
+      </c>
+      <c r="G138">
+        <v>1</v>
+      </c>
+      <c r="H138" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139">
+        <v>1120</v>
+      </c>
+      <c r="B139">
+        <v>125890</v>
+      </c>
+      <c r="C139" t="s" s="2">
+        <v>194</v>
+      </c>
+      <c r="D139" t="s">
+        <v>195</v>
+      </c>
+      <c r="E139" t="s">
+        <v>108</v>
+      </c>
+      <c r="F139">
+        <v>116732</v>
+      </c>
+      <c r="G139">
+        <v>1</v>
+      </c>
+      <c r="H139" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140">
+        <v>1081</v>
+      </c>
+      <c r="B140">
+        <v>124163</v>
+      </c>
+      <c r="C140" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D140" t="s">
+        <v>203</v>
+      </c>
+      <c r="E140" t="s">
+        <v>72</v>
+      </c>
+      <c r="F140">
+        <v>130377</v>
+      </c>
+      <c r="G140">
+        <v>2</v>
+      </c>
+      <c r="H140" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141">
+        <v>1094</v>
+      </c>
+      <c r="B141">
+        <v>124163</v>
+      </c>
+      <c r="C141" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D141" t="s">
+        <v>203</v>
+      </c>
+      <c r="E141" t="s">
+        <v>94</v>
+      </c>
+      <c r="F141">
+        <v>95990</v>
+      </c>
+      <c r="G141">
+        <v>1</v>
+      </c>
+      <c r="H141" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142">
+        <v>1093</v>
+      </c>
+      <c r="B142">
+        <v>124163</v>
+      </c>
+      <c r="C142" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D142" t="s">
+        <v>203</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142">
+        <v>98235</v>
+      </c>
+      <c r="G142">
+        <v>1</v>
+      </c>
+      <c r="H142" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143">
+        <v>1092</v>
+      </c>
+      <c r="B143">
+        <v>124163</v>
+      </c>
+      <c r="C143" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D143" t="s">
+        <v>203</v>
+      </c>
+      <c r="E143" t="s">
+        <v>34</v>
+      </c>
+      <c r="F143">
+        <v>103850</v>
+      </c>
+      <c r="G143">
+        <v>2</v>
+      </c>
+      <c r="H143" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144">
+        <v>1091</v>
+      </c>
+      <c r="B144">
+        <v>124163</v>
+      </c>
+      <c r="C144" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D144" t="s">
+        <v>203</v>
+      </c>
+      <c r="E144" t="s">
+        <v>32</v>
+      </c>
+      <c r="F144">
+        <v>101043</v>
+      </c>
+      <c r="G144">
+        <v>1</v>
+      </c>
+      <c r="H144" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145">
+        <v>1090</v>
+      </c>
+      <c r="B145">
+        <v>124163</v>
+      </c>
+      <c r="C145" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D145" t="s">
+        <v>203</v>
+      </c>
+      <c r="E145" t="s">
+        <v>104</v>
+      </c>
+      <c r="F145">
+        <v>94025</v>
+      </c>
+      <c r="G145">
+        <v>1</v>
+      </c>
+      <c r="H145" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146">
+        <v>1080</v>
+      </c>
+      <c r="B146">
+        <v>124163</v>
+      </c>
+      <c r="C146" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D146" t="s">
+        <v>203</v>
+      </c>
+      <c r="E146" t="s">
+        <v>204</v>
+      </c>
+      <c r="F146">
+        <v>105113</v>
+      </c>
+      <c r="G146">
+        <v>1</v>
+      </c>
+      <c r="H146" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147">
+        <v>1089</v>
+      </c>
+      <c r="B147">
+        <v>124163</v>
+      </c>
+      <c r="C147" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D147" t="s">
+        <v>203</v>
+      </c>
+      <c r="E147" t="s">
+        <v>68</v>
+      </c>
+      <c r="F147">
+        <v>127710</v>
+      </c>
+      <c r="G147">
+        <v>1</v>
+      </c>
+      <c r="H147" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148">
+        <v>1095</v>
+      </c>
+      <c r="B148">
+        <v>124163</v>
+      </c>
+      <c r="C148" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D148" t="s">
+        <v>203</v>
+      </c>
+      <c r="E148" t="s">
+        <v>206</v>
+      </c>
+      <c r="F148">
+        <v>104552</v>
+      </c>
+      <c r="G148">
+        <v>2</v>
+      </c>
+      <c r="H148" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149">
+        <v>1086</v>
+      </c>
+      <c r="B149">
+        <v>124163</v>
+      </c>
+      <c r="C149" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D149" t="s">
+        <v>203</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149">
+        <v>78024</v>
+      </c>
+      <c r="G149">
+        <v>6</v>
+      </c>
+      <c r="H149" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150">
+        <v>1085</v>
+      </c>
+      <c r="B150">
+        <v>124163</v>
+      </c>
+      <c r="C150" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D150" t="s">
+        <v>203</v>
+      </c>
+      <c r="E150" t="s">
+        <v>10</v>
+      </c>
+      <c r="F150">
+        <v>114096</v>
+      </c>
+      <c r="G150">
+        <v>2</v>
+      </c>
+      <c r="H150" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151">
+        <v>1084</v>
+      </c>
+      <c r="B151">
+        <v>124163</v>
+      </c>
+      <c r="C151" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D151" t="s">
+        <v>203</v>
+      </c>
+      <c r="E151" t="s">
+        <v>208</v>
+      </c>
+      <c r="F151">
+        <v>91728</v>
+      </c>
+      <c r="G151">
+        <v>1</v>
+      </c>
+      <c r="H151" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152">
+        <v>1083</v>
+      </c>
+      <c r="B152">
+        <v>124163</v>
+      </c>
+      <c r="C152" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D152" t="s">
+        <v>203</v>
+      </c>
+      <c r="E152" t="s">
+        <v>196</v>
+      </c>
+      <c r="F152">
+        <v>106095</v>
+      </c>
+      <c r="G152">
+        <v>2</v>
+      </c>
+      <c r="H152" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153">
+        <v>1082</v>
+      </c>
+      <c r="B153">
+        <v>124163</v>
+      </c>
+      <c r="C153" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D153" t="s">
+        <v>203</v>
+      </c>
+      <c r="E153" t="s">
+        <v>210</v>
+      </c>
+      <c r="F153">
+        <v>124482</v>
+      </c>
+      <c r="G153">
+        <v>2</v>
+      </c>
+      <c r="H153" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154">
+        <v>1087</v>
+      </c>
+      <c r="B154">
+        <v>124163</v>
+      </c>
+      <c r="C154" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D154" t="s">
+        <v>203</v>
+      </c>
+      <c r="E154" t="s">
+        <v>212</v>
+      </c>
+      <c r="F154">
+        <v>144974</v>
+      </c>
+      <c r="G154">
+        <v>1</v>
+      </c>
+      <c r="H154" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155">
+        <v>1096</v>
+      </c>
+      <c r="B155">
+        <v>124163</v>
+      </c>
+      <c r="C155" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D155" t="s">
+        <v>203</v>
+      </c>
+      <c r="E155" t="s">
+        <v>64</v>
+      </c>
+      <c r="F155">
+        <v>123359</v>
+      </c>
+      <c r="G155">
+        <v>1</v>
+      </c>
+      <c r="H155" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156">
+        <v>1088</v>
+      </c>
+      <c r="B156">
+        <v>124163</v>
+      </c>
+      <c r="C156" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D156" t="s">
+        <v>203</v>
+      </c>
+      <c r="E156" t="s">
+        <v>214</v>
+      </c>
+      <c r="F156">
+        <v>110868</v>
+      </c>
+      <c r="G156">
+        <v>1</v>
+      </c>
+      <c r="H156" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157">
+        <v>1098</v>
+      </c>
+      <c r="B157">
+        <v>124163</v>
+      </c>
+      <c r="C157" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D157" t="s">
+        <v>203</v>
+      </c>
+      <c r="E157" t="s">
+        <v>74</v>
+      </c>
+      <c r="F157">
+        <v>107920</v>
+      </c>
+      <c r="G157">
+        <v>1</v>
+      </c>
+      <c r="H157" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158">
+        <v>1099</v>
+      </c>
+      <c r="B158">
+        <v>124163</v>
+      </c>
+      <c r="C158" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D158" t="s">
+        <v>203</v>
+      </c>
+      <c r="E158" t="s">
+        <v>108</v>
+      </c>
+      <c r="F158">
+        <v>116342</v>
+      </c>
+      <c r="G158">
+        <v>1</v>
+      </c>
+      <c r="H158" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159">
+        <v>1097</v>
+      </c>
+      <c r="B159">
+        <v>124163</v>
+      </c>
+      <c r="C159" t="s" s="2">
+        <v>202</v>
+      </c>
+      <c r="D159" t="s">
+        <v>203</v>
+      </c>
+      <c r="E159" t="s">
+        <v>200</v>
+      </c>
+      <c r="F159">
+        <v>105253</v>
+      </c>
+      <c r="G159">
+        <v>1</v>
+      </c>
+      <c r="H159" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160">
+        <v>1061</v>
+      </c>
+      <c r="B160">
+        <v>123055</v>
+      </c>
+      <c r="C160" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D160" t="s">
+        <v>217</v>
+      </c>
+      <c r="E160" t="s">
+        <v>34</v>
+      </c>
+      <c r="F160">
+        <v>103852</v>
+      </c>
+      <c r="G160">
+        <v>1</v>
+      </c>
+      <c r="H160" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161">
+        <v>1062</v>
+      </c>
+      <c r="B161">
+        <v>123055</v>
+      </c>
+      <c r="C161" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D161" t="s">
+        <v>217</v>
+      </c>
+      <c r="E161" t="s">
+        <v>200</v>
+      </c>
+      <c r="F161">
+        <v>105255</v>
+      </c>
+      <c r="G161">
+        <v>1</v>
+      </c>
+      <c r="H161" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162">
+        <v>1063</v>
+      </c>
+      <c r="B162">
+        <v>123055</v>
+      </c>
+      <c r="C162" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D162" t="s">
+        <v>217</v>
+      </c>
+      <c r="E162" t="s">
+        <v>74</v>
+      </c>
+      <c r="F162">
+        <v>109326</v>
+      </c>
+      <c r="G162">
+        <v>1</v>
+      </c>
+      <c r="H162" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163">
+        <v>1064</v>
+      </c>
+      <c r="B163">
+        <v>123055</v>
+      </c>
+      <c r="C163" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D163" t="s">
+        <v>217</v>
+      </c>
+      <c r="E163" t="s">
+        <v>106</v>
+      </c>
+      <c r="F163">
+        <v>111010</v>
+      </c>
+      <c r="G163">
+        <v>1</v>
+      </c>
+      <c r="H163" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164">
+        <v>1065</v>
+      </c>
+      <c r="B164">
+        <v>123055</v>
+      </c>
+      <c r="C164" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D164" t="s">
+        <v>217</v>
+      </c>
+      <c r="E164" t="s">
+        <v>218</v>
+      </c>
+      <c r="F164">
+        <v>195085</v>
+      </c>
+      <c r="G164">
+        <v>3</v>
+      </c>
+      <c r="H164"/>
+    </row>
+    <row r="165">
+      <c r="A165">
+        <v>1058</v>
+      </c>
+      <c r="B165">
+        <v>123055</v>
+      </c>
+      <c r="C165" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D165" t="s">
+        <v>217</v>
+      </c>
+      <c r="E165" t="s">
+        <v>219</v>
+      </c>
+      <c r="F165">
+        <v>138942</v>
+      </c>
+      <c r="G165">
+        <v>4</v>
+      </c>
+      <c r="H165" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166">
+        <v>1057</v>
+      </c>
+      <c r="B166">
+        <v>123055</v>
+      </c>
+      <c r="C166" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D166" t="s">
+        <v>217</v>
+      </c>
+      <c r="E166" t="s">
+        <v>221</v>
+      </c>
+      <c r="F166">
+        <v>99781</v>
+      </c>
+      <c r="G166">
+        <v>2</v>
+      </c>
+      <c r="H166" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167">
+        <v>1056</v>
+      </c>
+      <c r="B167">
+        <v>123055</v>
+      </c>
+      <c r="C167" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D167" t="s">
+        <v>217</v>
+      </c>
+      <c r="E167" t="s">
+        <v>66</v>
+      </c>
+      <c r="F167">
+        <v>141608</v>
+      </c>
+      <c r="G167">
+        <v>1</v>
+      </c>
+      <c r="H167" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168">
+        <v>1059</v>
+      </c>
+      <c r="B168">
+        <v>123055</v>
+      </c>
+      <c r="C168" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D168" t="s">
+        <v>217</v>
+      </c>
+      <c r="E168" t="s">
+        <v>223</v>
+      </c>
+      <c r="F168">
+        <v>15144</v>
+      </c>
+      <c r="G168">
+        <v>2</v>
+      </c>
+      <c r="H168" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169">
+        <v>1060</v>
+      </c>
+      <c r="B169">
+        <v>123055</v>
+      </c>
+      <c r="C169" t="s" s="2">
+        <v>216</v>
+      </c>
+      <c r="D169" t="s">
+        <v>217</v>
+      </c>
+      <c r="E169" t="s">
+        <v>68</v>
+      </c>
+      <c r="F169">
+        <v>129116</v>
+      </c>
+      <c r="G169">
+        <v>1</v>
+      </c>
+      <c r="H169" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170">
+        <v>1066</v>
+      </c>
+      <c r="B170">
+        <v>123066</v>
+      </c>
+      <c r="C170" t="s" s="2">
+        <v>225</v>
+      </c>
+      <c r="D170" t="s">
+        <v>226</v>
+      </c>
+      <c r="E170" t="s">
+        <v>86</v>
+      </c>
+      <c r="F170">
+        <v>59231</v>
+      </c>
+      <c r="G170">
+        <v>18</v>
+      </c>
+      <c r="H170" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171">
+        <v>1067</v>
+      </c>
+      <c r="B171">
+        <v>123066</v>
+      </c>
+      <c r="C171" t="s" s="2">
+        <v>225</v>
+      </c>
+      <c r="D171" t="s">
+        <v>226</v>
+      </c>
+      <c r="E171" t="s">
+        <v>120</v>
+      </c>
+      <c r="F171">
+        <v>54726</v>
+      </c>
+      <c r="G171">
+        <v>1</v>
+      </c>
+      <c r="H171" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172">
+        <v>1068</v>
+      </c>
+      <c r="B172">
+        <v>123066</v>
+      </c>
+      <c r="C172" t="s" s="2">
+        <v>225</v>
+      </c>
+      <c r="D172" t="s">
+        <v>226</v>
+      </c>
+      <c r="E172" t="s">
+        <v>30</v>
+      </c>
+      <c r="F172">
+        <v>57533</v>
+      </c>
+      <c r="G172">
+        <v>1</v>
+      </c>
+      <c r="H172" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173">
+        <v>1069</v>
+      </c>
+      <c r="B173">
+        <v>123066</v>
+      </c>
+      <c r="C173" t="s" s="2">
+        <v>225</v>
+      </c>
+      <c r="D173" t="s">
+        <v>226</v>
+      </c>
+      <c r="E173" t="s">
+        <v>42</v>
+      </c>
+      <c r="F173">
+        <v>45743</v>
+      </c>
+      <c r="G173">
+        <v>1</v>
+      </c>
+      <c r="H173" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174">
+        <v>1036</v>
+      </c>
+      <c r="B174">
+        <v>121701</v>
+      </c>
+      <c r="C174" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D174" t="s">
+        <v>228</v>
+      </c>
+      <c r="E174" t="s">
+        <v>56</v>
+      </c>
+      <c r="F174">
+        <v>90364</v>
+      </c>
+      <c r="G174">
+        <v>6</v>
+      </c>
+      <c r="H174" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175">
+        <v>1046</v>
+      </c>
+      <c r="B175">
+        <v>121701</v>
+      </c>
+      <c r="C175" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D175" t="s">
+        <v>228</v>
+      </c>
+      <c r="E175" t="s">
+        <v>210</v>
+      </c>
+      <c r="F175">
+        <v>126118</v>
+      </c>
+      <c r="G175">
+        <v>1</v>
+      </c>
+      <c r="H175" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176">
+        <v>1045</v>
+      </c>
+      <c r="B176">
+        <v>121701</v>
+      </c>
+      <c r="C176" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D176" t="s">
+        <v>228</v>
+      </c>
+      <c r="E176" t="s">
+        <v>72</v>
+      </c>
+      <c r="F176">
+        <v>130516</v>
+      </c>
+      <c r="G176">
+        <v>1</v>
+      </c>
+      <c r="H176" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177">
+        <v>1044</v>
+      </c>
+      <c r="B177">
+        <v>121701</v>
+      </c>
+      <c r="C177" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D177" t="s">
+        <v>228</v>
+      </c>
+      <c r="E177" t="s">
+        <v>102</v>
+      </c>
+      <c r="F177">
+        <v>103559</v>
+      </c>
+      <c r="G177">
+        <v>1</v>
+      </c>
+      <c r="H177" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178">
+        <v>1042</v>
+      </c>
+      <c r="B178">
+        <v>121701</v>
+      </c>
+      <c r="C178" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D178" t="s">
+        <v>228</v>
+      </c>
+      <c r="E178" t="s">
+        <v>66</v>
+      </c>
+      <c r="F178">
+        <v>143144</v>
+      </c>
+      <c r="G178">
+        <v>1</v>
+      </c>
+      <c r="H178" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179">
+        <v>1041</v>
+      </c>
+      <c r="B179">
+        <v>121701</v>
+      </c>
+      <c r="C179" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D179" t="s">
+        <v>228</v>
+      </c>
+      <c r="E179" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179">
+        <v>117747</v>
+      </c>
+      <c r="G179">
+        <v>1</v>
+      </c>
+      <c r="H179" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180">
+        <v>1037</v>
+      </c>
+      <c r="B180">
+        <v>121701</v>
+      </c>
+      <c r="C180" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D180" t="s">
+        <v>228</v>
+      </c>
+      <c r="E180" t="s">
+        <v>212</v>
+      </c>
+      <c r="F180">
+        <v>149954</v>
+      </c>
+      <c r="G180">
+        <v>1</v>
+      </c>
+      <c r="H180" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181">
+        <v>1040</v>
+      </c>
+      <c r="B181">
+        <v>121701</v>
+      </c>
+      <c r="C181" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D181" t="s">
+        <v>228</v>
+      </c>
+      <c r="E181" t="s">
+        <v>229</v>
+      </c>
+      <c r="F181">
+        <v>107389</v>
+      </c>
+      <c r="G181">
+        <v>1</v>
+      </c>
+      <c r="H181" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182">
+        <v>1053</v>
+      </c>
+      <c r="B182">
+        <v>121701</v>
+      </c>
+      <c r="C182" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D182" t="s">
+        <v>228</v>
+      </c>
+      <c r="E182" t="s">
+        <v>106</v>
+      </c>
+      <c r="F182">
+        <v>112213</v>
+      </c>
+      <c r="G182">
+        <v>1</v>
+      </c>
+      <c r="H182" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183">
+        <v>1052</v>
+      </c>
+      <c r="B183">
+        <v>121701</v>
+      </c>
+      <c r="C183" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D183" t="s">
+        <v>228</v>
+      </c>
+      <c r="E183" t="s">
+        <v>76</v>
+      </c>
+      <c r="F183">
+        <v>119308</v>
+      </c>
+      <c r="G183">
+        <v>1</v>
+      </c>
+      <c r="H183" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184">
+        <v>1051</v>
+      </c>
+      <c r="B184">
+        <v>121701</v>
+      </c>
+      <c r="C184" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D184" t="s">
+        <v>228</v>
+      </c>
+      <c r="E184" t="s">
+        <v>108</v>
+      </c>
+      <c r="F184">
+        <v>116186</v>
+      </c>
+      <c r="G184">
+        <v>1</v>
+      </c>
+      <c r="H184" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185">
+        <v>1050</v>
+      </c>
+      <c r="B185">
+        <v>121701</v>
+      </c>
+      <c r="C185" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D185" t="s">
+        <v>228</v>
+      </c>
+      <c r="E185" t="s">
+        <v>68</v>
+      </c>
+      <c r="F185">
+        <v>130516</v>
+      </c>
+      <c r="G185">
+        <v>1</v>
+      </c>
+      <c r="H185" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186">
+        <v>1038</v>
+      </c>
+      <c r="B186">
+        <v>121701</v>
+      </c>
+      <c r="C186" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D186" t="s">
+        <v>228</v>
+      </c>
+      <c r="E186" t="s">
+        <v>231</v>
+      </c>
+      <c r="F186">
+        <v>103545</v>
+      </c>
+      <c r="G186">
+        <v>1</v>
+      </c>
+      <c r="H186" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187">
+        <v>1048</v>
+      </c>
+      <c r="B187">
+        <v>121701</v>
+      </c>
+      <c r="C187" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D187" t="s">
+        <v>228</v>
+      </c>
+      <c r="E187" t="s">
+        <v>96</v>
+      </c>
+      <c r="F187">
+        <v>122855</v>
+      </c>
+      <c r="G187">
+        <v>1</v>
+      </c>
+      <c r="H187" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188">
+        <v>1047</v>
+      </c>
+      <c r="B188">
+        <v>121701</v>
+      </c>
+      <c r="C188" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D188" t="s">
+        <v>228</v>
+      </c>
+      <c r="E188" t="s">
+        <v>233</v>
+      </c>
+      <c r="F188">
+        <v>84263</v>
+      </c>
+      <c r="G188">
+        <v>1</v>
+      </c>
+      <c r="H188" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189">
+        <v>1034</v>
+      </c>
+      <c r="B189">
+        <v>121701</v>
+      </c>
+      <c r="C189" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D189" t="s">
+        <v>228</v>
+      </c>
+      <c r="E189" t="s">
+        <v>32</v>
+      </c>
+      <c r="F189">
+        <v>102140</v>
+      </c>
+      <c r="G189">
+        <v>3</v>
+      </c>
+      <c r="H189" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190">
+        <v>1035</v>
+      </c>
+      <c r="B190">
+        <v>121701</v>
+      </c>
+      <c r="C190" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D190" t="s">
+        <v>228</v>
+      </c>
+      <c r="E190" t="s">
+        <v>34</v>
+      </c>
+      <c r="F190">
+        <v>104978</v>
+      </c>
+      <c r="G190">
+        <v>3</v>
+      </c>
+      <c r="H190" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191">
+        <v>1039</v>
+      </c>
+      <c r="B191">
+        <v>121701</v>
+      </c>
+      <c r="C191" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D191" t="s">
+        <v>228</v>
+      </c>
+      <c r="E191" t="s">
+        <v>70</v>
+      </c>
+      <c r="F191">
+        <v>150380</v>
+      </c>
+      <c r="G191">
+        <v>1</v>
+      </c>
+      <c r="H191" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192">
+        <v>1049</v>
+      </c>
+      <c r="B192">
+        <v>121701</v>
+      </c>
+      <c r="C192" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D192" t="s">
+        <v>228</v>
+      </c>
+      <c r="E192" t="s">
+        <v>64</v>
+      </c>
+      <c r="F192">
+        <v>124557</v>
+      </c>
+      <c r="G192">
+        <v>1</v>
+      </c>
+      <c r="H192" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193">
+        <v>1043</v>
+      </c>
+      <c r="B193">
+        <v>121701</v>
+      </c>
+      <c r="C193" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D193" t="s">
+        <v>228</v>
+      </c>
+      <c r="E193" t="s">
+        <v>235</v>
+      </c>
+      <c r="F193">
+        <v>171633</v>
+      </c>
+      <c r="G193">
+        <v>1</v>
+      </c>
+      <c r="H193" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194">
+        <v>1071</v>
+      </c>
+      <c r="B194">
+        <v>121701</v>
+      </c>
+      <c r="C194" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D194" t="s">
+        <v>228</v>
+      </c>
+      <c r="E194" t="s">
+        <v>56</v>
+      </c>
+      <c r="F194">
+        <v>90364</v>
+      </c>
+      <c r="G194">
+        <v>1</v>
+      </c>
+      <c r="H194" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195">
+        <v>1070</v>
+      </c>
+      <c r="B195">
+        <v>121701</v>
+      </c>
+      <c r="C195" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D195" t="s">
+        <v>228</v>
+      </c>
+      <c r="E195" t="s">
+        <v>34</v>
+      </c>
+      <c r="F195">
+        <v>104978</v>
+      </c>
+      <c r="G195">
+        <v>2</v>
+      </c>
+      <c r="H195" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196">
+        <v>1100</v>
+      </c>
+      <c r="B196">
+        <v>121701</v>
+      </c>
+      <c r="C196" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D196" t="s">
+        <v>228</v>
+      </c>
+      <c r="E196" t="s">
+        <v>34</v>
+      </c>
+      <c r="F196">
+        <v>104978</v>
+      </c>
+      <c r="G196">
+        <v>2</v>
+      </c>
+      <c r="H196" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197">
+        <v>1101</v>
+      </c>
+      <c r="B197">
+        <v>121701</v>
+      </c>
+      <c r="C197" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D197" t="s">
+        <v>228</v>
+      </c>
+      <c r="E197" t="s">
+        <v>106</v>
+      </c>
+      <c r="F197">
+        <v>112213</v>
+      </c>
+      <c r="G197">
+        <v>1</v>
+      </c>
+      <c r="H197" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198">
+        <v>1102</v>
+      </c>
+      <c r="B198">
+        <v>121701</v>
+      </c>
+      <c r="C198" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D198" t="s">
+        <v>228</v>
+      </c>
+      <c r="E198" t="s">
+        <v>76</v>
+      </c>
+      <c r="F198">
+        <v>119308</v>
+      </c>
+      <c r="G198">
+        <v>1</v>
+      </c>
+      <c r="H198" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199">
+        <v>1027</v>
+      </c>
+      <c r="B199">
+        <v>121679</v>
+      </c>
+      <c r="C199" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D199" t="s">
+        <v>237</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199">
+        <v>82276</v>
+      </c>
+      <c r="G199">
+        <v>1</v>
+      </c>
+      <c r="H199" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200">
+        <v>1028</v>
+      </c>
+      <c r="B200">
+        <v>121679</v>
+      </c>
+      <c r="C200" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D200" t="s">
+        <v>237</v>
+      </c>
+      <c r="E200" t="s">
+        <v>22</v>
+      </c>
+      <c r="F200">
+        <v>79439</v>
+      </c>
+      <c r="G200">
+        <v>1</v>
+      </c>
+      <c r="H200" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201">
+        <v>1029</v>
+      </c>
+      <c r="B201">
+        <v>121679</v>
+      </c>
+      <c r="C201" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D201" t="s">
+        <v>237</v>
+      </c>
+      <c r="E201" t="s">
+        <v>118</v>
+      </c>
+      <c r="F201">
+        <v>92208</v>
+      </c>
+      <c r="G201">
+        <v>1</v>
+      </c>
+      <c r="H201" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202">
+        <v>1030</v>
+      </c>
+      <c r="B202">
+        <v>121679</v>
+      </c>
+      <c r="C202" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D202" t="s">
+        <v>237</v>
+      </c>
+      <c r="E202" t="s">
+        <v>34</v>
+      </c>
+      <c r="F202">
+        <v>104978</v>
+      </c>
+      <c r="G202">
+        <v>1</v>
+      </c>
+      <c r="H202" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203">
+        <v>1031</v>
+      </c>
+      <c r="B203">
+        <v>121679</v>
+      </c>
+      <c r="C203" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D203" t="s">
+        <v>237</v>
+      </c>
+      <c r="E203" t="s">
+        <v>122</v>
+      </c>
+      <c r="F203">
+        <v>89938</v>
+      </c>
+      <c r="G203">
+        <v>1</v>
+      </c>
+      <c r="H203" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204">
+        <v>1032</v>
+      </c>
+      <c r="B204">
+        <v>121679</v>
+      </c>
+      <c r="C204" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D204" t="s">
+        <v>237</v>
+      </c>
+      <c r="E204" t="s">
+        <v>10</v>
+      </c>
+      <c r="F204">
+        <v>118882</v>
+      </c>
+      <c r="G204">
+        <v>1</v>
+      </c>
+      <c r="H204" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205">
+        <v>1033</v>
+      </c>
+      <c r="B205">
+        <v>121679</v>
+      </c>
+      <c r="C205" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D205" t="s">
+        <v>237</v>
+      </c>
+      <c r="E205" t="s">
+        <v>44</v>
+      </c>
+      <c r="F205">
+        <v>68798</v>
+      </c>
+      <c r="G205">
+        <v>1</v>
+      </c>
+      <c r="H205" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206">
+        <v>1024</v>
+      </c>
+      <c r="B206">
+        <v>121679</v>
+      </c>
+      <c r="C206" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D206" t="s">
+        <v>237</v>
+      </c>
+      <c r="E206" t="s">
+        <v>30</v>
+      </c>
+      <c r="F206">
+        <v>56312</v>
+      </c>
+      <c r="G206">
+        <v>1</v>
+      </c>
+      <c r="H206" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207">
+        <v>1023</v>
+      </c>
+      <c r="B207">
+        <v>121679</v>
+      </c>
+      <c r="C207" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D207" t="s">
+        <v>237</v>
+      </c>
+      <c r="E207" t="s">
+        <v>86</v>
+      </c>
+      <c r="F207">
+        <v>59150</v>
+      </c>
+      <c r="G207">
+        <v>2</v>
+      </c>
+      <c r="H207" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208">
+        <v>1026</v>
+      </c>
+      <c r="B208">
+        <v>121679</v>
+      </c>
+      <c r="C208" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D208" t="s">
+        <v>237</v>
+      </c>
+      <c r="E208" t="s">
+        <v>104</v>
+      </c>
+      <c r="F208">
+        <v>95046</v>
+      </c>
+      <c r="G208">
+        <v>1</v>
+      </c>
+      <c r="H208" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209">
+        <v>1245</v>
+      </c>
+      <c r="B209">
+        <v>121679</v>
+      </c>
+      <c r="C209" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D209" t="s">
+        <v>237</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209">
+        <v>82276</v>
+      </c>
+      <c r="G209">
+        <v>1</v>
+      </c>
+      <c r="H209" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210">
+        <v>1025</v>
+      </c>
+      <c r="B210">
+        <v>121679</v>
+      </c>
+      <c r="C210" t="s" s="2">
+        <v>227</v>
+      </c>
+      <c r="D210" t="s">
+        <v>237</v>
+      </c>
+      <c r="E210" t="s">
+        <v>28</v>
+      </c>
+      <c r="F210">
+        <v>46097</v>
+      </c>
+      <c r="G210">
+        <v>1</v>
+      </c>
+      <c r="H210" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211">
+        <v>1018</v>
+      </c>
+      <c r="B211">
+        <v>121665</v>
+      </c>
+      <c r="C211" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D211" t="s">
+        <v>239</v>
+      </c>
+      <c r="E211" t="s">
+        <v>240</v>
+      </c>
+      <c r="F211">
+        <v>6895</v>
+      </c>
+      <c r="G211">
+        <v>3</v>
+      </c>
+      <c r="H211" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212">
+        <v>1019</v>
+      </c>
+      <c r="B212">
+        <v>121665</v>
+      </c>
+      <c r="C212" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D212" t="s">
+        <v>239</v>
+      </c>
+      <c r="E212" t="s">
+        <v>242</v>
+      </c>
+      <c r="F212">
+        <v>879</v>
+      </c>
+      <c r="G212">
+        <v>100</v>
+      </c>
+      <c r="H212" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213">
+        <v>1020</v>
+      </c>
+      <c r="B213">
+        <v>121665</v>
+      </c>
+      <c r="C213" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D213" t="s">
+        <v>239</v>
+      </c>
+      <c r="E213" t="s">
+        <v>244</v>
+      </c>
+      <c r="F213">
+        <v>5192</v>
+      </c>
+      <c r="G213">
+        <v>4</v>
+      </c>
+      <c r="H213" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214">
+        <v>1021</v>
+      </c>
+      <c r="B214">
+        <v>121665</v>
+      </c>
+      <c r="C214" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D214" t="s">
+        <v>239</v>
+      </c>
+      <c r="E214" t="s">
+        <v>246</v>
+      </c>
+      <c r="F214">
+        <v>4199</v>
+      </c>
+      <c r="G214">
+        <v>4</v>
+      </c>
+      <c r="H214" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215">
+        <v>1022</v>
+      </c>
+      <c r="B215">
+        <v>121665</v>
+      </c>
+      <c r="C215" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D215" t="s">
+        <v>239</v>
+      </c>
+      <c r="E215" t="s">
+        <v>248</v>
+      </c>
+      <c r="F215">
+        <v>5476</v>
+      </c>
+      <c r="G215">
+        <v>4</v>
+      </c>
+      <c r="H215" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216">
+        <v>1015</v>
+      </c>
+      <c r="B216">
+        <v>121665</v>
+      </c>
+      <c r="C216" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D216" t="s">
+        <v>239</v>
+      </c>
+      <c r="E216" t="s">
+        <v>250</v>
+      </c>
+      <c r="F216">
+        <v>4625</v>
+      </c>
+      <c r="G216">
+        <v>4</v>
+      </c>
+      <c r="H216" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217">
+        <v>1013</v>
+      </c>
+      <c r="B217">
+        <v>121665</v>
+      </c>
+      <c r="C217" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D217" t="s">
+        <v>239</v>
+      </c>
+      <c r="E217" t="s">
+        <v>252</v>
+      </c>
+      <c r="F217">
+        <v>7760</v>
+      </c>
+      <c r="G217">
+        <v>13</v>
+      </c>
+      <c r="H217" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218">
+        <v>1012</v>
+      </c>
+      <c r="B218">
+        <v>121665</v>
+      </c>
+      <c r="C218" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D218" t="s">
+        <v>239</v>
+      </c>
+      <c r="E218" t="s">
+        <v>160</v>
+      </c>
+      <c r="F218">
+        <v>11336</v>
+      </c>
+      <c r="G218">
+        <v>6</v>
+      </c>
+      <c r="H218" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219">
+        <v>1011</v>
+      </c>
+      <c r="B219">
+        <v>121665</v>
+      </c>
+      <c r="C219" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D219" t="s">
+        <v>239</v>
+      </c>
+      <c r="E219" t="s">
+        <v>158</v>
+      </c>
+      <c r="F219">
+        <v>7505</v>
+      </c>
+      <c r="G219">
+        <v>6</v>
+      </c>
+      <c r="H219" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220">
+        <v>1010</v>
+      </c>
+      <c r="B220">
+        <v>121665</v>
+      </c>
+      <c r="C220" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D220" t="s">
+        <v>239</v>
+      </c>
+      <c r="E220" t="s">
+        <v>156</v>
+      </c>
+      <c r="F220">
+        <v>10059</v>
+      </c>
+      <c r="G220">
+        <v>7</v>
+      </c>
+      <c r="H220" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221">
+        <v>1009</v>
+      </c>
+      <c r="B221">
+        <v>121665</v>
+      </c>
+      <c r="C221" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D221" t="s">
+        <v>239</v>
+      </c>
+      <c r="E221" t="s">
+        <v>154</v>
+      </c>
+      <c r="F221">
+        <v>4809</v>
+      </c>
+      <c r="G221">
+        <v>3</v>
+      </c>
+      <c r="H221" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222">
+        <v>1008</v>
+      </c>
+      <c r="B222">
+        <v>121665</v>
+      </c>
+      <c r="C222" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D222" t="s">
+        <v>239</v>
+      </c>
+      <c r="E222" t="s">
+        <v>180</v>
+      </c>
+      <c r="F222">
+        <v>2823</v>
+      </c>
+      <c r="G222">
+        <v>3</v>
+      </c>
+      <c r="H222" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223">
+        <v>1007</v>
+      </c>
+      <c r="B223">
+        <v>121665</v>
+      </c>
+      <c r="C223" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D223" t="s">
+        <v>239</v>
+      </c>
+      <c r="E223" t="s">
+        <v>152</v>
+      </c>
+      <c r="F223">
+        <v>978</v>
+      </c>
+      <c r="G223">
+        <v>20</v>
+      </c>
+      <c r="H223" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224">
+        <v>1006</v>
+      </c>
+      <c r="B224">
+        <v>121665</v>
+      </c>
+      <c r="C224" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D224" t="s">
+        <v>239</v>
+      </c>
+      <c r="E224" t="s">
+        <v>150</v>
+      </c>
+      <c r="F224">
+        <v>1957</v>
+      </c>
+      <c r="G224">
+        <v>30</v>
+      </c>
+      <c r="H224" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225">
+        <v>1016</v>
+      </c>
+      <c r="B225">
+        <v>121665</v>
+      </c>
+      <c r="C225" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D225" t="s">
+        <v>239</v>
+      </c>
+      <c r="E225" t="s">
+        <v>254</v>
+      </c>
+      <c r="F225">
+        <v>3915</v>
+      </c>
+      <c r="G225">
+        <v>4</v>
+      </c>
+      <c r="H225" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226">
+        <v>1017</v>
+      </c>
+      <c r="B226">
+        <v>121665</v>
+      </c>
+      <c r="C226" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D226" t="s">
+        <v>239</v>
+      </c>
+      <c r="E226" t="s">
+        <v>256</v>
+      </c>
+      <c r="F226">
+        <v>4142</v>
+      </c>
+      <c r="G226">
+        <v>2</v>
+      </c>
+      <c r="H226" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227">
+        <v>1014</v>
+      </c>
+      <c r="B227">
+        <v>121665</v>
+      </c>
+      <c r="C227" t="s" s="2">
+        <v>238</v>
+      </c>
+      <c r="D227" t="s">
+        <v>239</v>
+      </c>
+      <c r="E227" t="s">
+        <v>258</v>
+      </c>
+      <c r="F227">
+        <v>9023</v>
+      </c>
+      <c r="G227">
+        <v>3</v>
+      </c>
+      <c r="H227" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228">
+        <v>1002</v>
+      </c>
+      <c r="B228">
+        <v>121636</v>
+      </c>
+      <c r="C228" t="s" s="2">
+        <v>260</v>
+      </c>
+      <c r="D228" t="s">
+        <v>261</v>
+      </c>
+      <c r="E228" t="s">
+        <v>138</v>
+      </c>
+      <c r="F228">
+        <v>99075</v>
+      </c>
+      <c r="G228">
+        <v>4</v>
+      </c>
+      <c r="H228" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229">
+        <v>1003</v>
+      </c>
+      <c r="B229">
+        <v>121636</v>
+      </c>
+      <c r="C229" t="s" s="2">
+        <v>260</v>
+      </c>
+      <c r="D229" t="s">
+        <v>261</v>
+      </c>
+      <c r="E229" t="s">
+        <v>136</v>
+      </c>
+      <c r="F229">
+        <v>167334</v>
+      </c>
+      <c r="G229">
+        <v>2</v>
+      </c>
+      <c r="H229" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230">
+        <v>1004</v>
+      </c>
+      <c r="B230">
+        <v>121636</v>
+      </c>
+      <c r="C230" t="s" s="2">
+        <v>260</v>
+      </c>
+      <c r="D230" t="s">
+        <v>261</v>
+      </c>
+      <c r="E230" t="s">
+        <v>140</v>
+      </c>
+      <c r="F230">
+        <v>160042</v>
+      </c>
+      <c r="G230">
+        <v>1</v>
+      </c>
+      <c r="H230" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231">
+        <v>1005</v>
+      </c>
+      <c r="B231">
+        <v>121636</v>
+      </c>
+      <c r="C231" t="s" s="2">
+        <v>260</v>
+      </c>
+      <c r="D231" t="s">
+        <v>261</v>
+      </c>
+      <c r="E231" t="s">
+        <v>144</v>
+      </c>
+      <c r="F231">
+        <v>84220</v>
+      </c>
+      <c r="G231">
+        <v>1</v>
+      </c>
+      <c r="H231" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232">
+        <v>977</v>
+      </c>
+      <c r="B232">
+        <v>120343</v>
+      </c>
+      <c r="C232" t="s" s="2">
+        <v>262</v>
+      </c>
+      <c r="D232" t="s">
+        <v>263</v>
+      </c>
+      <c r="E232" t="s">
+        <v>64</v>
+      </c>
+      <c r="F232">
+        <v>124924</v>
+      </c>
+      <c r="G232">
+        <v>2</v>
+      </c>
+      <c r="H232" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233">
+        <v>978</v>
+      </c>
+      <c r="B233">
+        <v>120343</v>
+      </c>
+      <c r="C233" t="s" s="2">
+        <v>262</v>
+      </c>
+      <c r="D233" t="s">
+        <v>263</v>
+      </c>
+      <c r="E233" t="s">
+        <v>108</v>
+      </c>
+      <c r="F233">
+        <v>116886</v>
+      </c>
+      <c r="G233">
+        <v>1</v>
+      </c>
+      <c r="H233" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234">
+        <v>979</v>
+      </c>
+      <c r="B234">
+        <v>120343</v>
+      </c>
+      <c r="C234" t="s" s="2">
+        <v>262</v>
+      </c>
+      <c r="D234" t="s">
+        <v>263</v>
+      </c>
+      <c r="E234" t="s">
+        <v>76</v>
+      </c>
+      <c r="F234">
+        <v>118861</v>
+      </c>
+      <c r="G234">
+        <v>2</v>
+      </c>
+      <c r="H234" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235">
+        <v>980</v>
+      </c>
+      <c r="B235">
+        <v>120343</v>
+      </c>
+      <c r="C235" t="s" s="2">
+        <v>262</v>
+      </c>
+      <c r="D235" t="s">
+        <v>263</v>
+      </c>
+      <c r="E235" t="s">
+        <v>106</v>
+      </c>
+      <c r="F235">
+        <v>111810</v>
+      </c>
+      <c r="G235">
+        <v>2</v>
+      </c>
+      <c r="H235" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236">
+        <v>1123</v>
+      </c>
+      <c r="B236">
+        <v>120367</v>
+      </c>
+      <c r="C236" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D236" t="s">
+        <v>265</v>
+      </c>
+      <c r="E236" t="s">
+        <v>10</v>
+      </c>
+      <c r="F236">
+        <v>115617</v>
+      </c>
+      <c r="G236">
+        <v>1</v>
+      </c>
+      <c r="H236" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237">
+        <v>994</v>
+      </c>
+      <c r="B237">
+        <v>120367</v>
+      </c>
+      <c r="C237" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D237" t="s">
+        <v>265</v>
+      </c>
+      <c r="E237" t="s">
+        <v>40</v>
+      </c>
+      <c r="F237">
+        <v>62737</v>
+      </c>
+      <c r="G237">
+        <v>5</v>
+      </c>
+      <c r="H237" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238">
+        <v>993</v>
+      </c>
+      <c r="B238">
+        <v>120367</v>
+      </c>
+      <c r="C238" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D238" t="s">
+        <v>265</v>
+      </c>
+      <c r="E238" t="s">
+        <v>10</v>
+      </c>
+      <c r="F238">
+        <v>115617</v>
+      </c>
+      <c r="G238">
+        <v>2</v>
+      </c>
+      <c r="H238" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239">
+        <v>992</v>
+      </c>
+      <c r="B239">
+        <v>120367</v>
+      </c>
+      <c r="C239" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D239" t="s">
+        <v>265</v>
+      </c>
+      <c r="E239" t="s">
+        <v>36</v>
+      </c>
+      <c r="F239">
+        <v>76415</v>
+      </c>
+      <c r="G239">
+        <v>1</v>
+      </c>
+      <c r="H239" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240">
+        <v>991</v>
+      </c>
+      <c r="B240">
+        <v>120367</v>
+      </c>
+      <c r="C240" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D240" t="s">
+        <v>265</v>
+      </c>
+      <c r="E240" t="s">
+        <v>122</v>
+      </c>
+      <c r="F240">
+        <v>89389</v>
+      </c>
+      <c r="G240">
+        <v>3</v>
+      </c>
+      <c r="H240" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241">
+        <v>990</v>
+      </c>
+      <c r="B241">
+        <v>120367</v>
+      </c>
+      <c r="C241" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D241" t="s">
+        <v>265</v>
+      </c>
+      <c r="E241" t="s">
+        <v>34</v>
+      </c>
+      <c r="F241">
+        <v>104336</v>
+      </c>
+      <c r="G241">
+        <v>1</v>
+      </c>
+      <c r="H241" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242">
+        <v>988</v>
+      </c>
+      <c r="B242">
+        <v>120367</v>
+      </c>
+      <c r="C242" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D242" t="s">
+        <v>265</v>
+      </c>
+      <c r="E242" t="s">
+        <v>118</v>
+      </c>
+      <c r="F242">
+        <v>91645</v>
+      </c>
+      <c r="G242">
+        <v>1</v>
+      </c>
+      <c r="H242" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243">
+        <v>995</v>
+      </c>
+      <c r="B243">
+        <v>120367</v>
+      </c>
+      <c r="C243" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D243" t="s">
+        <v>265</v>
+      </c>
+      <c r="E243" t="s">
+        <v>48</v>
+      </c>
+      <c r="F243">
+        <v>59917</v>
+      </c>
+      <c r="G243">
+        <v>1</v>
+      </c>
+      <c r="H243" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244">
+        <v>987</v>
+      </c>
+      <c r="B244">
+        <v>120367</v>
+      </c>
+      <c r="C244" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D244" t="s">
+        <v>265</v>
+      </c>
+      <c r="E244" t="s">
+        <v>22</v>
+      </c>
+      <c r="F244">
+        <v>78954</v>
+      </c>
+      <c r="G244">
+        <v>2</v>
+      </c>
+      <c r="H244" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245">
+        <v>986</v>
+      </c>
+      <c r="B245">
+        <v>120367</v>
+      </c>
+      <c r="C245" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D245" t="s">
+        <v>265</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245">
+        <v>81774</v>
+      </c>
+      <c r="G245">
+        <v>1</v>
+      </c>
+      <c r="H245" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246">
+        <v>985</v>
+      </c>
+      <c r="B246">
+        <v>120367</v>
+      </c>
+      <c r="C246" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D246" t="s">
+        <v>265</v>
+      </c>
+      <c r="E246" t="s">
+        <v>104</v>
+      </c>
+      <c r="F246">
+        <v>94465</v>
+      </c>
+      <c r="G246">
+        <v>1</v>
+      </c>
+      <c r="H246" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247">
+        <v>984</v>
+      </c>
+      <c r="B247">
+        <v>120367</v>
+      </c>
+      <c r="C247" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D247" t="s">
+        <v>265</v>
+      </c>
+      <c r="E247" t="s">
+        <v>28</v>
+      </c>
+      <c r="F247">
+        <v>45815</v>
+      </c>
+      <c r="G247">
+        <v>2</v>
+      </c>
+      <c r="H247" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248">
+        <v>983</v>
+      </c>
+      <c r="B248">
+        <v>120367</v>
+      </c>
+      <c r="C248" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D248" t="s">
+        <v>265</v>
+      </c>
+      <c r="E248" t="s">
+        <v>42</v>
+      </c>
+      <c r="F248">
+        <v>45110</v>
+      </c>
+      <c r="G248">
+        <v>1</v>
+      </c>
+      <c r="H248" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249">
+        <v>982</v>
+      </c>
+      <c r="B249">
+        <v>120367</v>
+      </c>
+      <c r="C249" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D249" t="s">
+        <v>265</v>
+      </c>
+      <c r="E249" t="s">
+        <v>30</v>
+      </c>
+      <c r="F249">
+        <v>55968</v>
+      </c>
+      <c r="G249">
+        <v>2</v>
+      </c>
+      <c r="H249" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250">
+        <v>981</v>
+      </c>
+      <c r="B250">
+        <v>120367</v>
+      </c>
+      <c r="C250" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D250" t="s">
+        <v>265</v>
+      </c>
+      <c r="E250" t="s">
+        <v>86</v>
+      </c>
+      <c r="F250">
+        <v>59635</v>
+      </c>
+      <c r="G250">
+        <v>4</v>
+      </c>
+      <c r="H250" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251">
+        <v>989</v>
+      </c>
+      <c r="B251">
+        <v>120367</v>
+      </c>
+      <c r="C251" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D251" t="s">
+        <v>265</v>
+      </c>
+      <c r="E251" t="s">
+        <v>32</v>
+      </c>
+      <c r="F251">
+        <v>101516</v>
+      </c>
+      <c r="G251">
+        <v>1</v>
+      </c>
+      <c r="H251" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252">
+        <v>996</v>
+      </c>
+      <c r="B252">
+        <v>120367</v>
+      </c>
+      <c r="C252" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D252" t="s">
+        <v>265</v>
+      </c>
+      <c r="E252" t="s">
+        <v>44</v>
+      </c>
+      <c r="F252">
+        <v>68377</v>
+      </c>
+      <c r="G252">
+        <v>1</v>
+      </c>
+      <c r="H252" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253">
+        <v>997</v>
+      </c>
+      <c r="B253">
+        <v>120367</v>
+      </c>
+      <c r="C253" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D253" t="s">
+        <v>265</v>
+      </c>
+      <c r="E253" t="s">
+        <v>46</v>
+      </c>
+      <c r="F253">
+        <v>67672</v>
+      </c>
+      <c r="G253">
+        <v>1</v>
+      </c>
+      <c r="H253" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254">
+        <v>1125</v>
+      </c>
+      <c r="B254">
+        <v>120367</v>
+      </c>
+      <c r="C254" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D254" t="s">
+        <v>265</v>
+      </c>
+      <c r="E254" t="s">
+        <v>44</v>
+      </c>
+      <c r="F254">
+        <v>68377</v>
+      </c>
+      <c r="G254">
+        <v>1</v>
+      </c>
+      <c r="H254" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255">
+        <v>1127</v>
+      </c>
+      <c r="B255">
+        <v>120367</v>
+      </c>
+      <c r="C255" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D255" t="s">
+        <v>265</v>
+      </c>
+      <c r="E255" t="s">
+        <v>28</v>
+      </c>
+      <c r="F255">
+        <v>45815</v>
+      </c>
+      <c r="G255">
+        <v>1</v>
+      </c>
+      <c r="H255" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256">
+        <v>1103</v>
+      </c>
+      <c r="B256">
+        <v>120367</v>
+      </c>
+      <c r="C256" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D256" t="s">
+        <v>265</v>
+      </c>
+      <c r="E256" t="s">
+        <v>10</v>
+      </c>
+      <c r="F256">
+        <v>115617</v>
+      </c>
+      <c r="G256">
+        <v>2</v>
+      </c>
+      <c r="H256" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257">
+        <v>1124</v>
+      </c>
+      <c r="B257">
+        <v>120367</v>
+      </c>
+      <c r="C257" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D257" t="s">
+        <v>265</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257">
+        <v>81774</v>
+      </c>
+      <c r="G257">
+        <v>3</v>
+      </c>
+      <c r="H257" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258">
+        <v>1126</v>
+      </c>
+      <c r="B258">
+        <v>120367</v>
+      </c>
+      <c r="C258" t="s" s="2">
+        <v>264</v>
+      </c>
+      <c r="D258" t="s">
+        <v>265</v>
+      </c>
+      <c r="E258" t="s">
+        <v>10</v>
+      </c>
+      <c r="F258">
+        <v>115617</v>
+      </c>
+      <c r="G258">
+        <v>1</v>
+      </c>
+      <c r="H258" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259">
+        <v>976</v>
+      </c>
+      <c r="B259">
+        <v>120281</v>
+      </c>
+      <c r="C259" t="s" s="2">
+        <v>266</v>
+      </c>
+      <c r="D259" t="s">
+        <v>267</v>
+      </c>
+      <c r="E259" t="s">
+        <v>40</v>
+      </c>
+      <c r="F259">
+        <v>74000</v>
+      </c>
+      <c r="G259">
+        <v>1</v>
+      </c>
+      <c r="H259" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260">
+        <v>962</v>
+      </c>
+      <c r="B260">
+        <v>118821</v>
+      </c>
+      <c r="C260" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D260" t="s">
+        <v>269</v>
+      </c>
+      <c r="E260" t="s">
+        <v>112</v>
+      </c>
+      <c r="F260">
+        <v>81976</v>
+      </c>
+      <c r="G260">
+        <v>1</v>
+      </c>
+      <c r="H260" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261">
+        <v>957</v>
+      </c>
+      <c r="B261">
+        <v>118821</v>
+      </c>
+      <c r="C261" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D261" t="s">
+        <v>269</v>
+      </c>
+      <c r="E261" t="s">
+        <v>122</v>
+      </c>
+      <c r="F261">
+        <v>90076</v>
+      </c>
+      <c r="G261">
+        <v>1</v>
+      </c>
+      <c r="H261" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262">
+        <v>958</v>
+      </c>
+      <c r="B262">
+        <v>118821</v>
+      </c>
+      <c r="C262" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D262" t="s">
+        <v>269</v>
+      </c>
+      <c r="E262" t="s">
+        <v>36</v>
+      </c>
+      <c r="F262">
+        <v>77003</v>
+      </c>
+      <c r="G262">
+        <v>1</v>
+      </c>
+      <c r="H262" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263">
+        <v>959</v>
+      </c>
+      <c r="B263">
+        <v>118821</v>
+      </c>
+      <c r="C263" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D263" t="s">
+        <v>269</v>
+      </c>
+      <c r="E263" t="s">
+        <v>10</v>
+      </c>
+      <c r="F263">
+        <v>119064</v>
+      </c>
+      <c r="G263">
+        <v>1</v>
+      </c>
+      <c r="H263" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264">
+        <v>961</v>
+      </c>
+      <c r="B264">
+        <v>118821</v>
+      </c>
+      <c r="C264" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D264" t="s">
+        <v>269</v>
+      </c>
+      <c r="E264" t="s">
+        <v>124</v>
+      </c>
+      <c r="F264">
+        <v>82318</v>
+      </c>
+      <c r="G264">
+        <v>1</v>
+      </c>
+      <c r="H264" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265">
+        <v>953</v>
+      </c>
+      <c r="B265">
+        <v>118821</v>
+      </c>
+      <c r="C265" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D265" t="s">
+        <v>269</v>
+      </c>
+      <c r="E265" t="s">
+        <v>104</v>
+      </c>
+      <c r="F265">
+        <v>95192</v>
+      </c>
+      <c r="G265">
+        <v>1</v>
+      </c>
+      <c r="H265" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266">
+        <v>952</v>
+      </c>
+      <c r="B266">
+        <v>118821</v>
+      </c>
+      <c r="C266" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D266" t="s">
+        <v>269</v>
+      </c>
+      <c r="E266" t="s">
+        <v>30</v>
+      </c>
+      <c r="F266">
+        <v>56399</v>
+      </c>
+      <c r="G266">
+        <v>1</v>
+      </c>
+      <c r="H266" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267">
+        <v>951</v>
+      </c>
+      <c r="B267">
+        <v>118821</v>
+      </c>
+      <c r="C267" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D267" t="s">
+        <v>269</v>
+      </c>
+      <c r="E267" t="s">
+        <v>86</v>
+      </c>
+      <c r="F267">
+        <v>60377</v>
+      </c>
+      <c r="G267">
+        <v>2</v>
+      </c>
+      <c r="H267" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268">
+        <v>954</v>
+      </c>
+      <c r="B268">
+        <v>118821</v>
+      </c>
+      <c r="C268" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D268" t="s">
+        <v>269</v>
+      </c>
+      <c r="E268" t="s">
+        <v>22</v>
+      </c>
+      <c r="F268">
+        <v>79561</v>
+      </c>
+      <c r="G268">
+        <v>1</v>
+      </c>
+      <c r="H268" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269">
+        <v>955</v>
+      </c>
+      <c r="B269">
+        <v>118821</v>
+      </c>
+      <c r="C269" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D269" t="s">
+        <v>269</v>
+      </c>
+      <c r="E269" t="s">
+        <v>32</v>
+      </c>
+      <c r="F269">
+        <v>102297</v>
+      </c>
+      <c r="G269">
+        <v>1</v>
+      </c>
+      <c r="H269" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270">
+        <v>956</v>
+      </c>
+      <c r="B270">
+        <v>118821</v>
+      </c>
+      <c r="C270" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D270" t="s">
+        <v>269</v>
+      </c>
+      <c r="E270" t="s">
+        <v>34</v>
+      </c>
+      <c r="F270">
+        <v>105139</v>
+      </c>
+      <c r="G270">
+        <v>1</v>
+      </c>
+      <c r="H270" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271">
+        <v>960</v>
+      </c>
+      <c r="B271">
+        <v>118821</v>
+      </c>
+      <c r="C271" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D271" t="s">
+        <v>269</v>
+      </c>
+      <c r="E271" t="s">
+        <v>270</v>
+      </c>
+      <c r="F271">
+        <v>125601</v>
+      </c>
+      <c r="G271">
+        <v>1</v>
+      </c>
+      <c r="H271" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272">
+        <v>963</v>
+      </c>
+      <c r="B272">
+        <v>118821</v>
+      </c>
+      <c r="C272" t="s" s="2">
+        <v>268</v>
+      </c>
+      <c r="D272" t="s">
+        <v>269</v>
+      </c>
+      <c r="E272" t="s">
+        <v>44</v>
+      </c>
+      <c r="F272">
+        <v>68903</v>
+      </c>
+      <c r="G272">
+        <v>1</v>
+      </c>
+      <c r="H272" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273">
+        <v>943</v>
+      </c>
+      <c r="B273">
+        <v>118805</v>
+      </c>
+      <c r="C273" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D273" t="s">
+        <v>273</v>
+      </c>
+      <c r="E273" t="s">
+        <v>58</v>
+      </c>
+      <c r="F273">
+        <v>84534</v>
+      </c>
+      <c r="G273">
+        <v>1</v>
+      </c>
+      <c r="H273" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274">
+        <v>945</v>
+      </c>
+      <c r="B274">
+        <v>118805</v>
+      </c>
+      <c r="C274" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D274" t="s">
+        <v>273</v>
+      </c>
+      <c r="E274" t="s">
+        <v>122</v>
+      </c>
+      <c r="F274">
+        <v>90076</v>
+      </c>
+      <c r="G274">
+        <v>1</v>
+      </c>
+      <c r="H274" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275">
+        <v>946</v>
+      </c>
+      <c r="B275">
+        <v>118805</v>
+      </c>
+      <c r="C275" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D275" t="s">
+        <v>273</v>
+      </c>
+      <c r="E275" t="s">
+        <v>56</v>
+      </c>
+      <c r="F275">
+        <v>92066</v>
+      </c>
+      <c r="G275">
+        <v>2</v>
+      </c>
+      <c r="H275" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276">
+        <v>947</v>
+      </c>
+      <c r="B276">
+        <v>118805</v>
+      </c>
+      <c r="C276" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D276" t="s">
+        <v>273</v>
+      </c>
+      <c r="E276" t="s">
+        <v>235</v>
+      </c>
+      <c r="F276">
+        <v>167662</v>
+      </c>
+      <c r="G276">
+        <v>2</v>
+      </c>
+      <c r="H276" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277">
+        <v>948</v>
+      </c>
+      <c r="B277">
+        <v>118805</v>
+      </c>
+      <c r="C277" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D277" t="s">
+        <v>273</v>
+      </c>
+      <c r="E277" t="s">
+        <v>106</v>
+      </c>
+      <c r="F277">
+        <v>113238</v>
+      </c>
+      <c r="G277">
+        <v>2</v>
+      </c>
+      <c r="H277" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278">
+        <v>949</v>
+      </c>
+      <c r="B278">
+        <v>118805</v>
+      </c>
+      <c r="C278" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D278" t="s">
+        <v>273</v>
+      </c>
+      <c r="E278" t="s">
+        <v>108</v>
+      </c>
+      <c r="F278">
+        <v>117785</v>
+      </c>
+      <c r="G278">
+        <v>2</v>
+      </c>
+      <c r="H278" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279">
+        <v>950</v>
+      </c>
+      <c r="B279">
+        <v>118805</v>
+      </c>
+      <c r="C279" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D279" t="s">
+        <v>273</v>
+      </c>
+      <c r="E279" t="s">
+        <v>76</v>
+      </c>
+      <c r="F279">
+        <v>120059</v>
+      </c>
+      <c r="G279">
+        <v>2</v>
+      </c>
+      <c r="H279" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280">
+        <v>941</v>
+      </c>
+      <c r="B280">
+        <v>118805</v>
+      </c>
+      <c r="C280" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D280" t="s">
+        <v>273</v>
+      </c>
+      <c r="E280" t="s">
+        <v>219</v>
+      </c>
+      <c r="F280">
+        <v>140663</v>
+      </c>
+      <c r="G280">
+        <v>1</v>
+      </c>
+      <c r="H280" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281">
+        <v>942</v>
+      </c>
+      <c r="B281">
+        <v>118805</v>
+      </c>
+      <c r="C281" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D281" t="s">
+        <v>273</v>
+      </c>
+      <c r="E281" t="s">
+        <v>231</v>
+      </c>
+      <c r="F281">
+        <v>113380</v>
+      </c>
+      <c r="G281">
+        <v>1</v>
+      </c>
+      <c r="H281" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282">
+        <v>944</v>
+      </c>
+      <c r="B282">
+        <v>118805</v>
+      </c>
+      <c r="C282" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D282" t="s">
+        <v>273</v>
+      </c>
+      <c r="E282" t="s">
+        <v>112</v>
+      </c>
+      <c r="F282">
+        <v>81976</v>
+      </c>
+      <c r="G282">
+        <v>1</v>
+      </c>
+      <c r="H282" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283">
+        <v>968</v>
+      </c>
+      <c r="B283">
+        <v>118861</v>
+      </c>
+      <c r="C283" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D283" t="s">
+        <v>274</v>
+      </c>
+      <c r="E283" t="s">
+        <v>22</v>
+      </c>
+      <c r="F283">
+        <v>79561</v>
+      </c>
+      <c r="G283">
+        <v>1</v>
+      </c>
+      <c r="H283" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284">
+        <v>1075</v>
+      </c>
+      <c r="B284">
+        <v>118861</v>
+      </c>
+      <c r="C284" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D284" t="s">
+        <v>274</v>
+      </c>
+      <c r="E284" t="s">
+        <v>86</v>
+      </c>
+      <c r="F284">
+        <v>60377</v>
+      </c>
+      <c r="G284">
+        <v>1</v>
+      </c>
+      <c r="H284" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285">
+        <v>969</v>
+      </c>
+      <c r="B285">
+        <v>118861</v>
+      </c>
+      <c r="C285" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D285" t="s">
+        <v>274</v>
+      </c>
+      <c r="E285" t="s">
+        <v>118</v>
+      </c>
+      <c r="F285">
+        <v>92350</v>
+      </c>
+      <c r="G285">
+        <v>1</v>
+      </c>
+      <c r="H285" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286">
+        <v>972</v>
+      </c>
+      <c r="B286">
+        <v>118861</v>
+      </c>
+      <c r="C286" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D286" t="s">
+        <v>274</v>
+      </c>
+      <c r="E286" t="s">
+        <v>270</v>
+      </c>
+      <c r="F286">
+        <v>125601</v>
+      </c>
+      <c r="G286">
+        <v>1</v>
+      </c>
+      <c r="H286" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287">
+        <v>971</v>
+      </c>
+      <c r="B287">
+        <v>118861</v>
+      </c>
+      <c r="C287" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D287" t="s">
+        <v>274</v>
+      </c>
+      <c r="E287" t="s">
+        <v>10</v>
+      </c>
+      <c r="F287">
+        <v>119064</v>
+      </c>
+      <c r="G287">
+        <v>1</v>
+      </c>
+      <c r="H287" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288">
+        <v>970</v>
+      </c>
+      <c r="B288">
+        <v>118861</v>
+      </c>
+      <c r="C288" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D288" t="s">
+        <v>274</v>
+      </c>
+      <c r="E288" t="s">
+        <v>122</v>
+      </c>
+      <c r="F288">
+        <v>90076</v>
+      </c>
+      <c r="G288">
+        <v>1</v>
+      </c>
+      <c r="H288" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289">
+        <v>973</v>
+      </c>
+      <c r="B289">
+        <v>118861</v>
+      </c>
+      <c r="C289" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D289" t="s">
+        <v>274</v>
+      </c>
+      <c r="E289" t="s">
+        <v>44</v>
+      </c>
+      <c r="F289">
+        <v>68903</v>
+      </c>
+      <c r="G289">
+        <v>1</v>
+      </c>
+      <c r="H289" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290">
+        <v>965</v>
+      </c>
+      <c r="B290">
+        <v>118861</v>
+      </c>
+      <c r="C290" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D290" t="s">
+        <v>274</v>
+      </c>
+      <c r="E290" t="s">
+        <v>30</v>
+      </c>
+      <c r="F290">
+        <v>56399</v>
+      </c>
+      <c r="G290">
+        <v>1</v>
+      </c>
+      <c r="H290" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291">
+        <v>966</v>
+      </c>
+      <c r="B291">
+        <v>118861</v>
+      </c>
+      <c r="C291" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D291" t="s">
+        <v>274</v>
+      </c>
+      <c r="E291" t="s">
+        <v>104</v>
+      </c>
+      <c r="F291">
+        <v>95192</v>
+      </c>
+      <c r="G291">
+        <v>1</v>
+      </c>
+      <c r="H291" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292">
+        <v>967</v>
+      </c>
+      <c r="B292">
+        <v>118861</v>
+      </c>
+      <c r="C292" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D292" t="s">
+        <v>274</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292">
+        <v>82403</v>
+      </c>
+      <c r="G292">
+        <v>2</v>
+      </c>
+      <c r="H292" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293">
+        <v>964</v>
+      </c>
+      <c r="B293">
+        <v>118861</v>
+      </c>
+      <c r="C293" t="s" s="2">
+        <v>272</v>
+      </c>
+      <c r="D293" t="s">
+        <v>274</v>
+      </c>
+      <c r="E293" t="s">
+        <v>86</v>
+      </c>
+      <c r="F293">
+        <v>60377</v>
+      </c>
+      <c r="G293">
+        <v>1</v>
+      </c>
+      <c r="H293" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294">
+        <v>935</v>
+      </c>
+      <c r="B294">
+        <v>118233</v>
+      </c>
+      <c r="C294" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D294" t="s">
+        <v>276</v>
+      </c>
+      <c r="E294" t="s">
+        <v>250</v>
+      </c>
+      <c r="F294">
+        <v>4553</v>
+      </c>
+      <c r="G294">
+        <v>2</v>
+      </c>
+      <c r="H294" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295">
+        <v>939</v>
+      </c>
+      <c r="B295">
+        <v>118233</v>
+      </c>
+      <c r="C295" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D295" t="s">
+        <v>276</v>
+      </c>
+      <c r="E295" t="s">
+        <v>246</v>
+      </c>
+      <c r="F295">
+        <v>4134</v>
+      </c>
+      <c r="G295">
+        <v>5</v>
+      </c>
+      <c r="H295" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296">
+        <v>938</v>
+      </c>
+      <c r="B296">
+        <v>118233</v>
+      </c>
+      <c r="C296" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D296" t="s">
+        <v>276</v>
+      </c>
+      <c r="E296" t="s">
+        <v>244</v>
+      </c>
+      <c r="F296">
+        <v>5112</v>
+      </c>
+      <c r="G296">
+        <v>3</v>
+      </c>
+      <c r="H296" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297">
+        <v>937</v>
+      </c>
+      <c r="B297">
+        <v>118233</v>
+      </c>
+      <c r="C297" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D297" t="s">
+        <v>276</v>
+      </c>
+      <c r="E297" t="s">
+        <v>242</v>
+      </c>
+      <c r="F297">
+        <v>866</v>
+      </c>
+      <c r="G297">
+        <v>10</v>
+      </c>
+      <c r="H297" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298">
+        <v>936</v>
+      </c>
+      <c r="B298">
+        <v>118233</v>
+      </c>
+      <c r="C298" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D298" t="s">
+        <v>276</v>
+      </c>
+      <c r="E298" t="s">
+        <v>240</v>
+      </c>
+      <c r="F298">
+        <v>6788</v>
+      </c>
+      <c r="G298">
+        <v>1</v>
+      </c>
+      <c r="H298" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299">
+        <v>934</v>
+      </c>
+      <c r="B299">
+        <v>118233</v>
+      </c>
+      <c r="C299" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D299" t="s">
+        <v>276</v>
+      </c>
+      <c r="E299" t="s">
+        <v>258</v>
+      </c>
+      <c r="F299">
+        <v>8883</v>
+      </c>
+      <c r="G299">
+        <v>2</v>
+      </c>
+      <c r="H299" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300">
+        <v>928</v>
+      </c>
+      <c r="B300">
+        <v>118233</v>
+      </c>
+      <c r="C300" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D300" t="s">
+        <v>276</v>
+      </c>
+      <c r="E300" t="s">
+        <v>158</v>
+      </c>
+      <c r="F300">
+        <v>7389</v>
+      </c>
+      <c r="G300">
+        <v>6</v>
+      </c>
+      <c r="H300" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301">
+        <v>931</v>
+      </c>
+      <c r="B301">
+        <v>118233</v>
+      </c>
+      <c r="C301" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D301" t="s">
+        <v>276</v>
+      </c>
+      <c r="E301" t="s">
+        <v>166</v>
+      </c>
+      <c r="F301">
+        <v>697</v>
+      </c>
+      <c r="G301">
+        <v>10</v>
+      </c>
+      <c r="H301" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302">
+        <v>930</v>
+      </c>
+      <c r="B302">
+        <v>118233</v>
+      </c>
+      <c r="C302" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D302" t="s">
+        <v>276</v>
+      </c>
+      <c r="E302" t="s">
+        <v>148</v>
+      </c>
+      <c r="F302">
+        <v>697</v>
+      </c>
+      <c r="G302">
+        <v>10</v>
+      </c>
+      <c r="H302" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303">
+        <v>929</v>
+      </c>
+      <c r="B303">
+        <v>118233</v>
+      </c>
+      <c r="C303" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D303" t="s">
+        <v>276</v>
+      </c>
+      <c r="E303" t="s">
+        <v>164</v>
+      </c>
+      <c r="F303">
+        <v>697</v>
+      </c>
+      <c r="G303">
+        <v>10</v>
+      </c>
+      <c r="H303" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304">
+        <v>940</v>
+      </c>
+      <c r="B304">
+        <v>118233</v>
+      </c>
+      <c r="C304" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D304" t="s">
+        <v>276</v>
+      </c>
+      <c r="E304" t="s">
+        <v>248</v>
+      </c>
+      <c r="F304">
+        <v>5391</v>
+      </c>
+      <c r="G304">
+        <v>1</v>
+      </c>
+      <c r="H304" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305">
+        <v>927</v>
+      </c>
+      <c r="B305">
+        <v>118233</v>
+      </c>
+      <c r="C305" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D305" t="s">
+        <v>276</v>
+      </c>
+      <c r="E305" t="s">
+        <v>152</v>
+      </c>
+      <c r="F305">
+        <v>852</v>
+      </c>
+      <c r="G305">
+        <v>10</v>
+      </c>
+      <c r="H305" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306">
+        <v>926</v>
+      </c>
+      <c r="B306">
+        <v>118233</v>
+      </c>
+      <c r="C306" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D306" t="s">
+        <v>276</v>
+      </c>
+      <c r="E306" t="s">
+        <v>150</v>
+      </c>
+      <c r="F306">
+        <v>1927</v>
+      </c>
+      <c r="G306">
+        <v>15</v>
+      </c>
+      <c r="H306" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307">
+        <v>932</v>
+      </c>
+      <c r="B307">
+        <v>118233</v>
+      </c>
+      <c r="C307" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D307" t="s">
+        <v>276</v>
+      </c>
+      <c r="E307" t="s">
+        <v>170</v>
+      </c>
+      <c r="F307">
+        <v>949</v>
+      </c>
+      <c r="G307">
+        <v>8</v>
+      </c>
+      <c r="H307" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308">
+        <v>1079</v>
+      </c>
+      <c r="B308">
+        <v>118233</v>
+      </c>
+      <c r="C308" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D308" t="s">
+        <v>276</v>
+      </c>
+      <c r="E308" t="s">
+        <v>240</v>
+      </c>
+      <c r="F308">
+        <v>6788</v>
+      </c>
+      <c r="G308">
+        <v>2</v>
+      </c>
+      <c r="H308" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309">
+        <v>933</v>
+      </c>
+      <c r="B309">
+        <v>118233</v>
+      </c>
+      <c r="C309" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D309" t="s">
+        <v>276</v>
+      </c>
+      <c r="E309" t="s">
+        <v>252</v>
+      </c>
+      <c r="F309">
+        <v>7640</v>
+      </c>
+      <c r="G309">
+        <v>6</v>
+      </c>
+      <c r="H309" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310">
+        <v>1078</v>
+      </c>
+      <c r="B310">
+        <v>118233</v>
+      </c>
+      <c r="C310" t="s" s="2">
+        <v>275</v>
+      </c>
+      <c r="D310" t="s">
+        <v>276</v>
+      </c>
+      <c r="E310" t="s">
+        <v>248</v>
+      </c>
+      <c r="F310">
+        <v>5391</v>
+      </c>
+      <c r="G310">
+        <v>2</v>
+      </c>
+      <c r="H310" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311">
+        <v>923</v>
+      </c>
+      <c r="B311">
+        <v>118230</v>
+      </c>
+      <c r="C311" t="s" s="2">
+        <v>277</v>
+      </c>
+      <c r="D311" t="s">
+        <v>278</v>
+      </c>
+      <c r="E311" t="s">
+        <v>138</v>
+      </c>
+      <c r="F311">
+        <v>97538</v>
+      </c>
+      <c r="G311">
+        <v>2</v>
+      </c>
+      <c r="H311" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312">
+        <v>924</v>
+      </c>
+      <c r="B312">
+        <v>118230</v>
+      </c>
+      <c r="C312" t="s" s="2">
+        <v>277</v>
+      </c>
+      <c r="D312" t="s">
+        <v>278</v>
+      </c>
+      <c r="E312" t="s">
+        <v>136</v>
+      </c>
+      <c r="F312">
+        <v>164738</v>
+      </c>
+      <c r="G312">
+        <v>1</v>
+      </c>
+      <c r="H312" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313">
+        <v>925</v>
+      </c>
+      <c r="B313">
+        <v>118230</v>
+      </c>
+      <c r="C313" t="s" s="2">
+        <v>277</v>
+      </c>
+      <c r="D313" t="s">
+        <v>278</v>
+      </c>
+      <c r="E313" t="s">
+        <v>144</v>
+      </c>
+      <c r="F313">
+        <v>82914</v>
+      </c>
+      <c r="G313">
+        <v>2</v>
+      </c>
+      <c r="H313" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314">
+        <v>920</v>
+      </c>
+      <c r="B314">
+        <v>118219</v>
+      </c>
+      <c r="C314" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D314" t="s">
+        <v>280</v>
+      </c>
+      <c r="E314" t="s">
+        <v>34</v>
+      </c>
+      <c r="F314">
+        <v>103349</v>
+      </c>
+      <c r="G314">
+        <v>1</v>
+      </c>
+      <c r="H314" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315">
+        <v>919</v>
+      </c>
+      <c r="B315">
+        <v>118219</v>
+      </c>
+      <c r="C315" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D315" t="s">
+        <v>280</v>
+      </c>
+      <c r="E315" t="s">
+        <v>68</v>
+      </c>
+      <c r="F315">
+        <v>134079</v>
+      </c>
+      <c r="G315">
+        <v>2</v>
+      </c>
+      <c r="H315" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316">
+        <v>921</v>
+      </c>
+      <c r="B316">
+        <v>118219</v>
+      </c>
+      <c r="C316" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D316" t="s">
+        <v>280</v>
+      </c>
+      <c r="E316" t="s">
+        <v>108</v>
+      </c>
+      <c r="F316">
+        <v>116199</v>
+      </c>
+      <c r="G316">
+        <v>1</v>
+      </c>
+      <c r="H316" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317">
+        <v>922</v>
+      </c>
+      <c r="B317">
+        <v>118219</v>
+      </c>
+      <c r="C317" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D317" t="s">
+        <v>280</v>
+      </c>
+      <c r="E317" t="s">
+        <v>76</v>
+      </c>
+      <c r="F317">
+        <v>114803</v>
+      </c>
+      <c r="G317">
+        <v>1</v>
+      </c>
+      <c r="H317" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318">
+        <v>917</v>
+      </c>
+      <c r="B318">
+        <v>118216</v>
+      </c>
+      <c r="C318" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D318" t="s">
+        <v>281</v>
+      </c>
+      <c r="E318" t="s">
+        <v>44</v>
+      </c>
+      <c r="F318">
+        <v>67730</v>
+      </c>
+      <c r="G318">
+        <v>1</v>
+      </c>
+      <c r="H318" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319">
+        <v>918</v>
+      </c>
+      <c r="B319">
+        <v>118216</v>
+      </c>
+      <c r="C319" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D319" t="s">
+        <v>281</v>
+      </c>
+      <c r="E319" t="s">
+        <v>46</v>
+      </c>
+      <c r="F319">
+        <v>67032</v>
+      </c>
+      <c r="G319">
+        <v>1</v>
+      </c>
+      <c r="H319" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320">
+        <v>914</v>
+      </c>
+      <c r="B320">
+        <v>118216</v>
+      </c>
+      <c r="C320" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D320" t="s">
+        <v>281</v>
+      </c>
+      <c r="E320" t="s">
+        <v>10</v>
+      </c>
+      <c r="F320">
+        <v>119133</v>
+      </c>
+      <c r="G320">
+        <v>1</v>
+      </c>
+      <c r="H320" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321">
+        <v>913</v>
+      </c>
+      <c r="B321">
+        <v>118216</v>
+      </c>
+      <c r="C321" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D321" t="s">
+        <v>281</v>
+      </c>
+      <c r="E321" t="s">
+        <v>36</v>
+      </c>
+      <c r="F321">
+        <v>77508</v>
+      </c>
+      <c r="G321">
+        <v>1</v>
+      </c>
+      <c r="H321" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322">
+        <v>912</v>
+      </c>
+      <c r="B322">
+        <v>118216</v>
+      </c>
+      <c r="C322" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D322" t="s">
+        <v>281</v>
+      </c>
+      <c r="E322" t="s">
+        <v>122</v>
+      </c>
+      <c r="F322">
+        <v>89660</v>
+      </c>
+      <c r="G322">
+        <v>1</v>
+      </c>
+      <c r="H322" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323">
+        <v>916</v>
+      </c>
+      <c r="B323">
+        <v>118216</v>
+      </c>
+      <c r="C323" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D323" t="s">
+        <v>281</v>
+      </c>
+      <c r="E323" t="s">
+        <v>282</v>
+      </c>
+      <c r="F323">
+        <v>76810</v>
+      </c>
+      <c r="G323">
+        <v>1</v>
+      </c>
+      <c r="H323" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324">
+        <v>911</v>
+      </c>
+      <c r="B324">
+        <v>118216</v>
+      </c>
+      <c r="C324" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D324" t="s">
+        <v>281</v>
+      </c>
+      <c r="E324" t="s">
+        <v>34</v>
+      </c>
+      <c r="F324">
+        <v>103349</v>
+      </c>
+      <c r="G324">
+        <v>1</v>
+      </c>
+      <c r="H324" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325">
+        <v>909</v>
+      </c>
+      <c r="B325">
+        <v>118216</v>
+      </c>
+      <c r="C325" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D325" t="s">
+        <v>281</v>
+      </c>
+      <c r="E325" t="s">
+        <v>20</v>
+      </c>
+      <c r="F325">
+        <v>81000</v>
+      </c>
+      <c r="G325">
+        <v>1</v>
+      </c>
+      <c r="H325" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326">
+        <v>908</v>
+      </c>
+      <c r="B326">
+        <v>118216</v>
+      </c>
+      <c r="C326" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D326" t="s">
+        <v>281</v>
+      </c>
+      <c r="E326" t="s">
+        <v>104</v>
+      </c>
+      <c r="F326">
+        <v>93571</v>
+      </c>
+      <c r="G326">
+        <v>1</v>
+      </c>
+      <c r="H326" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327">
+        <v>907</v>
+      </c>
+      <c r="B327">
+        <v>118216</v>
+      </c>
+      <c r="C327" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D327" t="s">
+        <v>281</v>
+      </c>
+      <c r="E327" t="s">
+        <v>28</v>
+      </c>
+      <c r="F327">
+        <v>46080</v>
+      </c>
+      <c r="G327">
+        <v>1</v>
+      </c>
+      <c r="H327" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328">
+        <v>906</v>
+      </c>
+      <c r="B328">
+        <v>118216</v>
+      </c>
+      <c r="C328" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D328" t="s">
+        <v>281</v>
+      </c>
+      <c r="E328" t="s">
+        <v>42</v>
+      </c>
+      <c r="F328">
+        <v>45521</v>
+      </c>
+      <c r="G328">
+        <v>1</v>
+      </c>
+      <c r="H328" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329">
+        <v>905</v>
+      </c>
+      <c r="B329">
+        <v>118216</v>
+      </c>
+      <c r="C329" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D329" t="s">
+        <v>281</v>
+      </c>
+      <c r="E329" t="s">
+        <v>30</v>
+      </c>
+      <c r="F329">
+        <v>57254</v>
+      </c>
+      <c r="G329">
+        <v>1</v>
+      </c>
+      <c r="H329" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330">
+        <v>904</v>
+      </c>
+      <c r="B330">
+        <v>118216</v>
+      </c>
+      <c r="C330" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D330" t="s">
+        <v>281</v>
+      </c>
+      <c r="E330" t="s">
+        <v>120</v>
+      </c>
+      <c r="F330">
+        <v>54461</v>
+      </c>
+      <c r="G330">
+        <v>1</v>
+      </c>
+      <c r="H330" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331">
+        <v>903</v>
+      </c>
+      <c r="B331">
+        <v>118216</v>
+      </c>
+      <c r="C331" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D331" t="s">
+        <v>281</v>
+      </c>
+      <c r="E331" t="s">
+        <v>86</v>
+      </c>
+      <c r="F331">
+        <v>59489</v>
+      </c>
+      <c r="G331">
+        <v>1</v>
+      </c>
+      <c r="H331" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332">
+        <v>910</v>
+      </c>
+      <c r="B332">
+        <v>118216</v>
+      </c>
+      <c r="C332" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D332" t="s">
+        <v>281</v>
+      </c>
+      <c r="E332" t="s">
+        <v>22</v>
+      </c>
+      <c r="F332">
+        <v>76810</v>
+      </c>
+      <c r="G332">
+        <v>1</v>
+      </c>
+      <c r="H332" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333">
+        <v>915</v>
+      </c>
+      <c r="B333">
+        <v>118216</v>
+      </c>
+      <c r="C333" t="s" s="2">
+        <v>279</v>
+      </c>
+      <c r="D333" t="s">
+        <v>281</v>
+      </c>
+      <c r="E333" t="s">
+        <v>270</v>
+      </c>
+      <c r="F333">
+        <v>120809</v>
+      </c>
+      <c r="G333">
+        <v>1</v>
+      </c>
+      <c r="H333" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334">
+        <v>894</v>
+      </c>
+      <c r="B334">
+        <v>116477</v>
+      </c>
+      <c r="C334" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D334" t="s">
+        <v>285</v>
+      </c>
+      <c r="E334" t="s">
+        <v>286</v>
+      </c>
+      <c r="F334">
+        <v>76464</v>
+      </c>
+      <c r="G334">
+        <v>1</v>
+      </c>
+      <c r="H334" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335">
+        <v>895</v>
+      </c>
+      <c r="B335">
+        <v>116477</v>
+      </c>
+      <c r="C335" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D335" t="s">
+        <v>285</v>
+      </c>
+      <c r="E335" t="s">
+        <v>56</v>
+      </c>
+      <c r="F335">
+        <v>88597</v>
+      </c>
+      <c r="G335">
+        <v>1</v>
+      </c>
+      <c r="H335" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336">
+        <v>896</v>
+      </c>
+      <c r="B336">
+        <v>116477</v>
+      </c>
+      <c r="C336" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D336" t="s">
+        <v>285</v>
+      </c>
+      <c r="E336" t="s">
+        <v>282</v>
+      </c>
+      <c r="F336">
+        <v>74964</v>
+      </c>
+      <c r="G336">
+        <v>1</v>
+      </c>
+      <c r="H336" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337">
+        <v>892</v>
+      </c>
+      <c r="B337">
+        <v>116477</v>
+      </c>
+      <c r="C337" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D337" t="s">
+        <v>285</v>
+      </c>
+      <c r="E337" t="s">
+        <v>10</v>
+      </c>
+      <c r="F337">
+        <v>117634</v>
+      </c>
+      <c r="G337">
+        <v>5</v>
+      </c>
+      <c r="H337" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338">
+        <v>878</v>
+      </c>
+      <c r="B338">
+        <v>116477</v>
+      </c>
+      <c r="C338" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D338" t="s">
+        <v>285</v>
+      </c>
+      <c r="E338" t="s">
+        <v>196</v>
+      </c>
+      <c r="F338">
+        <v>107682</v>
+      </c>
+      <c r="G338">
+        <v>1</v>
+      </c>
+      <c r="H338" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339">
+        <v>879</v>
+      </c>
+      <c r="B339">
+        <v>116477</v>
+      </c>
+      <c r="C339" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D339" t="s">
+        <v>285</v>
+      </c>
+      <c r="E339" t="s">
+        <v>231</v>
+      </c>
+      <c r="F339">
+        <v>104819</v>
+      </c>
+      <c r="G339">
+        <v>1</v>
+      </c>
+      <c r="H339" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340">
+        <v>880</v>
+      </c>
+      <c r="B340">
+        <v>116477</v>
+      </c>
+      <c r="C340" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D340" t="s">
+        <v>285</v>
+      </c>
+      <c r="E340" t="s">
+        <v>86</v>
+      </c>
+      <c r="F340">
+        <v>58060</v>
+      </c>
+      <c r="G340">
+        <v>2</v>
+      </c>
+      <c r="H340" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341">
+        <v>881</v>
+      </c>
+      <c r="B341">
+        <v>116477</v>
+      </c>
+      <c r="C341" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D341" t="s">
+        <v>285</v>
+      </c>
+      <c r="E341" t="s">
+        <v>120</v>
+      </c>
+      <c r="F341">
+        <v>53152</v>
+      </c>
+      <c r="G341">
+        <v>2</v>
+      </c>
+      <c r="H341" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342">
+        <v>882</v>
+      </c>
+      <c r="B342">
+        <v>116477</v>
+      </c>
+      <c r="C342" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D342" t="s">
+        <v>285</v>
+      </c>
+      <c r="E342" t="s">
+        <v>30</v>
+      </c>
+      <c r="F342">
+        <v>55879</v>
+      </c>
+      <c r="G342">
+        <v>1</v>
+      </c>
+      <c r="H342" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343">
+        <v>883</v>
+      </c>
+      <c r="B343">
+        <v>116477</v>
+      </c>
+      <c r="C343" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D343" t="s">
+        <v>285</v>
+      </c>
+      <c r="E343" t="s">
+        <v>42</v>
+      </c>
+      <c r="F343">
+        <v>44428</v>
+      </c>
+      <c r="G343">
+        <v>2</v>
+      </c>
+      <c r="H343" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344">
+        <v>884</v>
+      </c>
+      <c r="B344">
+        <v>116477</v>
+      </c>
+      <c r="C344" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D344" t="s">
+        <v>285</v>
+      </c>
+      <c r="E344" t="s">
+        <v>28</v>
+      </c>
+      <c r="F344">
+        <v>44973</v>
+      </c>
+      <c r="G344">
+        <v>1</v>
+      </c>
+      <c r="H344" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345">
+        <v>897</v>
+      </c>
+      <c r="B345">
+        <v>116477</v>
+      </c>
+      <c r="C345" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D345" t="s">
+        <v>285</v>
+      </c>
+      <c r="E345" t="s">
+        <v>40</v>
+      </c>
+      <c r="F345">
+        <v>60650</v>
+      </c>
+      <c r="G345">
+        <v>1</v>
+      </c>
+      <c r="H345" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346">
+        <v>885</v>
+      </c>
+      <c r="B346">
+        <v>116477</v>
+      </c>
+      <c r="C346" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D346" t="s">
+        <v>285</v>
+      </c>
+      <c r="E346" t="s">
+        <v>104</v>
+      </c>
+      <c r="F346">
+        <v>91323</v>
+      </c>
+      <c r="G346">
+        <v>1</v>
+      </c>
+      <c r="H346" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347">
+        <v>886</v>
+      </c>
+      <c r="B347">
+        <v>116477</v>
+      </c>
+      <c r="C347" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D347" t="s">
+        <v>285</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347">
+        <v>79054</v>
+      </c>
+      <c r="G347">
+        <v>1</v>
+      </c>
+      <c r="H347" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348">
+        <v>887</v>
+      </c>
+      <c r="B348">
+        <v>116477</v>
+      </c>
+      <c r="C348" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D348" t="s">
+        <v>285</v>
+      </c>
+      <c r="E348" t="s">
+        <v>32</v>
+      </c>
+      <c r="F348">
+        <v>96776</v>
+      </c>
+      <c r="G348">
+        <v>1</v>
+      </c>
+      <c r="H348" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349">
+        <v>888</v>
+      </c>
+      <c r="B349">
+        <v>116477</v>
+      </c>
+      <c r="C349" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D349" t="s">
+        <v>285</v>
+      </c>
+      <c r="E349" t="s">
+        <v>22</v>
+      </c>
+      <c r="F349">
+        <v>74964</v>
+      </c>
+      <c r="G349">
+        <v>1</v>
+      </c>
+      <c r="H349" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350">
+        <v>889</v>
+      </c>
+      <c r="B350">
+        <v>116477</v>
+      </c>
+      <c r="C350" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D350" t="s">
+        <v>285</v>
+      </c>
+      <c r="E350" t="s">
+        <v>114</v>
+      </c>
+      <c r="F350">
+        <v>76327</v>
+      </c>
+      <c r="G350">
+        <v>1</v>
+      </c>
+      <c r="H350" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351">
+        <v>890</v>
+      </c>
+      <c r="B351">
+        <v>116477</v>
+      </c>
+      <c r="C351" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D351" t="s">
+        <v>285</v>
+      </c>
+      <c r="E351" t="s">
+        <v>122</v>
+      </c>
+      <c r="F351">
+        <v>87506</v>
+      </c>
+      <c r="G351">
+        <v>4</v>
+      </c>
+      <c r="H351" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352">
+        <v>891</v>
+      </c>
+      <c r="B352">
+        <v>116477</v>
+      </c>
+      <c r="C352" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D352" t="s">
+        <v>285</v>
+      </c>
+      <c r="E352" t="s">
+        <v>288</v>
+      </c>
+      <c r="F352">
+        <v>109045</v>
+      </c>
+      <c r="G352">
+        <v>1</v>
+      </c>
+      <c r="H352" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353">
+        <v>898</v>
+      </c>
+      <c r="B353">
+        <v>116477</v>
+      </c>
+      <c r="C353" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D353" t="s">
+        <v>285</v>
+      </c>
+      <c r="E353" t="s">
+        <v>48</v>
+      </c>
+      <c r="F353">
+        <v>57924</v>
+      </c>
+      <c r="G353">
+        <v>1</v>
+      </c>
+      <c r="H353" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354">
+        <v>893</v>
+      </c>
+      <c r="B354">
+        <v>116477</v>
+      </c>
+      <c r="C354" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D354" t="s">
+        <v>285</v>
+      </c>
+      <c r="E354" t="s">
+        <v>270</v>
+      </c>
+      <c r="F354">
+        <v>117906</v>
+      </c>
+      <c r="G354">
+        <v>4</v>
+      </c>
+      <c r="H354" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355">
+        <v>900</v>
+      </c>
+      <c r="B355">
+        <v>116477</v>
+      </c>
+      <c r="C355" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D355" t="s">
+        <v>285</v>
+      </c>
+      <c r="E355" t="s">
+        <v>46</v>
+      </c>
+      <c r="F355">
+        <v>65421</v>
+      </c>
+      <c r="G355">
+        <v>1</v>
+      </c>
+      <c r="H355" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356">
+        <v>901</v>
+      </c>
+      <c r="B356">
+        <v>116477</v>
+      </c>
+      <c r="C356" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D356" t="s">
+        <v>285</v>
+      </c>
+      <c r="E356" t="s">
+        <v>233</v>
+      </c>
+      <c r="F356">
+        <v>78604</v>
+      </c>
+      <c r="G356">
+        <v>1</v>
+      </c>
+      <c r="H356" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357">
+        <v>899</v>
+      </c>
+      <c r="B357">
+        <v>116477</v>
+      </c>
+      <c r="C357" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D357" t="s">
+        <v>285</v>
+      </c>
+      <c r="E357" t="s">
+        <v>44</v>
+      </c>
+      <c r="F357">
+        <v>66103</v>
+      </c>
+      <c r="G357">
+        <v>1</v>
+      </c>
+      <c r="H357" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358">
+        <v>877</v>
+      </c>
+      <c r="B358">
+        <v>116476</v>
+      </c>
+      <c r="C358" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D358" t="s">
+        <v>290</v>
+      </c>
+      <c r="E358" t="s">
+        <v>140</v>
+      </c>
+      <c r="F358">
+        <v>155779</v>
+      </c>
+      <c r="G358">
+        <v>1</v>
+      </c>
+      <c r="H358" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359">
+        <v>864</v>
+      </c>
+      <c r="B359">
+        <v>116475</v>
+      </c>
+      <c r="C359" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D359" t="s">
+        <v>291</v>
+      </c>
+      <c r="E359" t="s">
+        <v>292</v>
+      </c>
+      <c r="F359">
+        <v>426</v>
+      </c>
+      <c r="G359">
+        <v>4</v>
+      </c>
+      <c r="H359" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360">
+        <v>865</v>
+      </c>
+      <c r="B360">
+        <v>116475</v>
+      </c>
+      <c r="C360" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D360" t="s">
+        <v>291</v>
+      </c>
+      <c r="E360" t="s">
+        <v>294</v>
+      </c>
+      <c r="F360">
+        <v>673</v>
+      </c>
+      <c r="G360">
+        <v>4</v>
+      </c>
+      <c r="H360" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361">
+        <v>866</v>
+      </c>
+      <c r="B361">
+        <v>116475</v>
+      </c>
+      <c r="C361" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D361" t="s">
+        <v>291</v>
+      </c>
+      <c r="E361" t="s">
+        <v>296</v>
+      </c>
+      <c r="F361">
+        <v>2185</v>
+      </c>
+      <c r="G361">
+        <v>3</v>
+      </c>
+      <c r="H361" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362">
+        <v>867</v>
+      </c>
+      <c r="B362">
+        <v>116475</v>
+      </c>
+      <c r="C362" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D362" t="s">
+        <v>291</v>
+      </c>
+      <c r="E362" t="s">
+        <v>252</v>
+      </c>
+      <c r="F362">
+        <v>7518</v>
+      </c>
+      <c r="G362">
+        <v>2</v>
+      </c>
+      <c r="H362" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363">
+        <v>868</v>
+      </c>
+      <c r="B363">
+        <v>116475</v>
+      </c>
+      <c r="C363" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D363" t="s">
+        <v>291</v>
+      </c>
+      <c r="E363" t="s">
+        <v>258</v>
+      </c>
+      <c r="F363">
+        <v>8741</v>
+      </c>
+      <c r="G363">
+        <v>3</v>
+      </c>
+      <c r="H363" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364">
+        <v>869</v>
+      </c>
+      <c r="B364">
+        <v>116475</v>
+      </c>
+      <c r="C364" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D364" t="s">
+        <v>291</v>
+      </c>
+      <c r="E364" t="s">
+        <v>254</v>
+      </c>
+      <c r="F364">
+        <v>3793</v>
+      </c>
+      <c r="G364">
+        <v>2</v>
+      </c>
+      <c r="H364" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365">
+        <v>870</v>
+      </c>
+      <c r="B365">
+        <v>116475</v>
+      </c>
+      <c r="C365" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D365" t="s">
+        <v>291</v>
+      </c>
+      <c r="E365" t="s">
+        <v>250</v>
+      </c>
+      <c r="F365">
+        <v>4480</v>
+      </c>
+      <c r="G365">
+        <v>2</v>
+      </c>
+      <c r="H365" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366">
+        <v>871</v>
+      </c>
+      <c r="B366">
+        <v>116475</v>
+      </c>
+      <c r="C366" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D366" t="s">
+        <v>291</v>
+      </c>
+      <c r="E366" t="s">
+        <v>256</v>
+      </c>
+      <c r="F366">
+        <v>4934</v>
+      </c>
+      <c r="G366">
+        <v>1</v>
+      </c>
+      <c r="H366" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367">
+        <v>872</v>
+      </c>
+      <c r="B367">
+        <v>116475</v>
+      </c>
+      <c r="C367" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D367" t="s">
+        <v>291</v>
+      </c>
+      <c r="E367" t="s">
+        <v>240</v>
+      </c>
+      <c r="F367">
+        <v>6679</v>
+      </c>
+      <c r="G367">
+        <v>2</v>
+      </c>
+      <c r="H367" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368">
+        <v>873</v>
+      </c>
+      <c r="B368">
+        <v>116475</v>
+      </c>
+      <c r="C368" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D368" t="s">
+        <v>291</v>
+      </c>
+      <c r="E368" t="s">
+        <v>242</v>
+      </c>
+      <c r="F368">
+        <v>852</v>
+      </c>
+      <c r="G368">
+        <v>10</v>
+      </c>
+      <c r="H368" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369">
+        <v>874</v>
+      </c>
+      <c r="B369">
+        <v>116475</v>
+      </c>
+      <c r="C369" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D369" t="s">
+        <v>291</v>
+      </c>
+      <c r="E369" t="s">
+        <v>244</v>
+      </c>
+      <c r="F369">
+        <v>5030</v>
+      </c>
+      <c r="G369">
+        <v>6</v>
+      </c>
+      <c r="H369" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370">
+        <v>875</v>
+      </c>
+      <c r="B370">
+        <v>116475</v>
+      </c>
+      <c r="C370" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D370" t="s">
+        <v>291</v>
+      </c>
+      <c r="E370" t="s">
+        <v>246</v>
+      </c>
+      <c r="F370">
+        <v>4068</v>
+      </c>
+      <c r="G370">
+        <v>3</v>
+      </c>
+      <c r="H370" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371">
+        <v>876</v>
+      </c>
+      <c r="B371">
+        <v>116475</v>
+      </c>
+      <c r="C371" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D371" t="s">
+        <v>291</v>
+      </c>
+      <c r="E371" t="s">
+        <v>248</v>
+      </c>
+      <c r="F371">
+        <v>5035</v>
+      </c>
+      <c r="G371">
+        <v>2</v>
+      </c>
+      <c r="H371" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372">
+        <v>1076</v>
+      </c>
+      <c r="B372">
+        <v>116475</v>
+      </c>
+      <c r="C372" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D372" t="s">
+        <v>291</v>
+      </c>
+      <c r="E372" t="s">
+        <v>256</v>
+      </c>
+      <c r="F372">
+        <v>4934</v>
+      </c>
+      <c r="G372">
+        <v>2</v>
+      </c>
+      <c r="H372" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373">
+        <v>1077</v>
+      </c>
+      <c r="B373">
+        <v>116475</v>
+      </c>
+      <c r="C373" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D373" t="s">
+        <v>291</v>
+      </c>
+      <c r="E373" t="s">
+        <v>246</v>
+      </c>
+      <c r="F373">
+        <v>4068</v>
+      </c>
+      <c r="G373">
+        <v>3</v>
+      </c>
+      <c r="H373" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374">
+        <v>1243</v>
+      </c>
+      <c r="B374">
+        <v>116475</v>
+      </c>
+      <c r="C374" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D374" t="s">
+        <v>291</v>
+      </c>
+      <c r="E374" t="s">
+        <v>256</v>
+      </c>
+      <c r="F374">
+        <v>4934</v>
+      </c>
+      <c r="G374">
+        <v>3</v>
+      </c>
+      <c r="H374" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375">
+        <v>848</v>
+      </c>
+      <c r="B375">
+        <v>116474</v>
+      </c>
+      <c r="C375" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D375" t="s">
+        <v>298</v>
+      </c>
+      <c r="E375" t="s">
+        <v>118</v>
+      </c>
+      <c r="F375">
+        <v>88503</v>
+      </c>
+      <c r="G375">
+        <v>1</v>
+      </c>
+      <c r="H375" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376">
+        <v>855</v>
+      </c>
+      <c r="B376">
+        <v>116474</v>
+      </c>
+      <c r="C376" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D376" t="s">
+        <v>298</v>
+      </c>
+      <c r="E376" t="s">
+        <v>299</v>
+      </c>
+      <c r="F376">
+        <v>135621</v>
+      </c>
+      <c r="G376">
+        <v>1</v>
+      </c>
+      <c r="H376" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377">
+        <v>854</v>
+      </c>
+      <c r="B377">
+        <v>116474</v>
+      </c>
+      <c r="C377" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D377" t="s">
+        <v>298</v>
+      </c>
+      <c r="E377" t="s">
+        <v>270</v>
+      </c>
+      <c r="F377">
+        <v>117781</v>
+      </c>
+      <c r="G377">
+        <v>1</v>
+      </c>
+      <c r="H377" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378">
+        <v>853</v>
+      </c>
+      <c r="B378">
+        <v>116474</v>
+      </c>
+      <c r="C378" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D378" t="s">
+        <v>298</v>
+      </c>
+      <c r="E378" t="s">
+        <v>10</v>
+      </c>
+      <c r="F378">
+        <v>116147</v>
+      </c>
+      <c r="G378">
+        <v>1</v>
+      </c>
+      <c r="H378" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379">
+        <v>852</v>
+      </c>
+      <c r="B379">
+        <v>116474</v>
+      </c>
+      <c r="C379" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D379" t="s">
+        <v>298</v>
+      </c>
+      <c r="E379" t="s">
+        <v>288</v>
+      </c>
+      <c r="F379">
+        <v>108929</v>
+      </c>
+      <c r="G379">
+        <v>1</v>
+      </c>
+      <c r="H379" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380">
+        <v>851</v>
+      </c>
+      <c r="B380">
+        <v>116474</v>
+      </c>
+      <c r="C380" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D380" t="s">
+        <v>298</v>
+      </c>
+      <c r="E380" t="s">
+        <v>112</v>
+      </c>
+      <c r="F380">
+        <v>81013</v>
+      </c>
+      <c r="G380">
+        <v>1</v>
+      </c>
+      <c r="H380" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381">
+        <v>850</v>
+      </c>
+      <c r="B381">
+        <v>116474</v>
+      </c>
+      <c r="C381" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D381" t="s">
+        <v>298</v>
+      </c>
+      <c r="E381" t="s">
+        <v>122</v>
+      </c>
+      <c r="F381">
+        <v>87413</v>
+      </c>
+      <c r="G381">
+        <v>1</v>
+      </c>
+      <c r="H381" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382">
+        <v>836</v>
+      </c>
+      <c r="B382">
+        <v>116474</v>
+      </c>
+      <c r="C382" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D382" t="s">
+        <v>298</v>
+      </c>
+      <c r="E382" t="s">
+        <v>301</v>
+      </c>
+      <c r="F382">
+        <v>69301</v>
+      </c>
+      <c r="G382">
+        <v>1</v>
+      </c>
+      <c r="H382" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383">
+        <v>837</v>
+      </c>
+      <c r="B383">
+        <v>116474</v>
+      </c>
+      <c r="C383" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D383" t="s">
+        <v>298</v>
+      </c>
+      <c r="E383" t="s">
+        <v>86</v>
+      </c>
+      <c r="F383">
+        <v>56364</v>
+      </c>
+      <c r="G383">
+        <v>2</v>
+      </c>
+      <c r="H383" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384">
+        <v>838</v>
+      </c>
+      <c r="B384">
+        <v>116474</v>
+      </c>
+      <c r="C384" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D384" t="s">
+        <v>298</v>
+      </c>
+      <c r="E384" t="s">
+        <v>231</v>
+      </c>
+      <c r="F384">
+        <v>108929</v>
+      </c>
+      <c r="G384">
+        <v>1</v>
+      </c>
+      <c r="H384" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385">
+        <v>839</v>
+      </c>
+      <c r="B385">
+        <v>116474</v>
+      </c>
+      <c r="C385" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D385" t="s">
+        <v>298</v>
+      </c>
+      <c r="E385" t="s">
+        <v>120</v>
+      </c>
+      <c r="F385">
+        <v>53096</v>
+      </c>
+      <c r="G385">
+        <v>1</v>
+      </c>
+      <c r="H385" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386">
+        <v>840</v>
+      </c>
+      <c r="B386">
+        <v>116474</v>
+      </c>
+      <c r="C386" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D386" t="s">
+        <v>298</v>
+      </c>
+      <c r="E386" t="s">
+        <v>30</v>
+      </c>
+      <c r="F386">
+        <v>55819</v>
+      </c>
+      <c r="G386">
+        <v>1</v>
+      </c>
+      <c r="H386" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387">
+        <v>841</v>
+      </c>
+      <c r="B387">
+        <v>116474</v>
+      </c>
+      <c r="C387" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D387" t="s">
+        <v>298</v>
+      </c>
+      <c r="E387" t="s">
+        <v>42</v>
+      </c>
+      <c r="F387">
+        <v>44380</v>
+      </c>
+      <c r="G387">
+        <v>1</v>
+      </c>
+      <c r="H387" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388">
+        <v>842</v>
+      </c>
+      <c r="B388">
+        <v>116474</v>
+      </c>
+      <c r="C388" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D388" t="s">
+        <v>298</v>
+      </c>
+      <c r="E388" t="s">
+        <v>28</v>
+      </c>
+      <c r="F388">
+        <v>44925</v>
+      </c>
+      <c r="G388">
+        <v>1</v>
+      </c>
+      <c r="H388" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389">
+        <v>843</v>
+      </c>
+      <c r="B389">
+        <v>116474</v>
+      </c>
+      <c r="C389" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D389" t="s">
+        <v>298</v>
+      </c>
+      <c r="E389" t="s">
+        <v>104</v>
+      </c>
+      <c r="F389">
+        <v>91226</v>
+      </c>
+      <c r="G389">
+        <v>1</v>
+      </c>
+      <c r="H389" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390">
+        <v>844</v>
+      </c>
+      <c r="B390">
+        <v>116474</v>
+      </c>
+      <c r="C390" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D390" t="s">
+        <v>298</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390">
+        <v>78970</v>
+      </c>
+      <c r="G390">
+        <v>2</v>
+      </c>
+      <c r="H390" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391">
+        <v>845</v>
+      </c>
+      <c r="B391">
+        <v>116474</v>
+      </c>
+      <c r="C391" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D391" t="s">
+        <v>298</v>
+      </c>
+      <c r="E391" t="s">
+        <v>22</v>
+      </c>
+      <c r="F391">
+        <v>74885</v>
+      </c>
+      <c r="G391">
+        <v>3</v>
+      </c>
+      <c r="H391" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392">
+        <v>846</v>
+      </c>
+      <c r="B392">
+        <v>116474</v>
+      </c>
+      <c r="C392" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D392" t="s">
+        <v>298</v>
+      </c>
+      <c r="E392" t="s">
+        <v>114</v>
+      </c>
+      <c r="F392">
+        <v>76246</v>
+      </c>
+      <c r="G392">
+        <v>1</v>
+      </c>
+      <c r="H392" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393">
+        <v>849</v>
+      </c>
+      <c r="B393">
+        <v>116474</v>
+      </c>
+      <c r="C393" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D393" t="s">
+        <v>298</v>
+      </c>
+      <c r="E393" t="s">
+        <v>34</v>
+      </c>
+      <c r="F393">
+        <v>100759</v>
+      </c>
+      <c r="G393">
+        <v>1</v>
+      </c>
+      <c r="H393" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394">
+        <v>847</v>
+      </c>
+      <c r="B394">
+        <v>116474</v>
+      </c>
+      <c r="C394" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D394" t="s">
+        <v>298</v>
+      </c>
+      <c r="E394" t="s">
+        <v>116</v>
+      </c>
+      <c r="F394">
+        <v>78970</v>
+      </c>
+      <c r="G394">
+        <v>1</v>
+      </c>
+      <c r="H394" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395">
+        <v>856</v>
+      </c>
+      <c r="B395">
+        <v>116474</v>
+      </c>
+      <c r="C395" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D395" t="s">
+        <v>298</v>
+      </c>
+      <c r="E395" t="s">
+        <v>286</v>
+      </c>
+      <c r="F395">
+        <v>76383</v>
+      </c>
+      <c r="G395">
+        <v>1</v>
+      </c>
+      <c r="H395" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396">
+        <v>857</v>
+      </c>
+      <c r="B396">
+        <v>116474</v>
+      </c>
+      <c r="C396" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D396" t="s">
+        <v>298</v>
+      </c>
+      <c r="E396" t="s">
+        <v>56</v>
+      </c>
+      <c r="F396">
+        <v>88503</v>
+      </c>
+      <c r="G396">
+        <v>1</v>
+      </c>
+      <c r="H396" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397">
+        <v>859</v>
+      </c>
+      <c r="B397">
+        <v>116474</v>
+      </c>
+      <c r="C397" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D397" t="s">
+        <v>298</v>
+      </c>
+      <c r="E397" t="s">
+        <v>40</v>
+      </c>
+      <c r="F397">
+        <v>60586</v>
+      </c>
+      <c r="G397">
+        <v>1</v>
+      </c>
+      <c r="H397" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398">
+        <v>860</v>
+      </c>
+      <c r="B398">
+        <v>116474</v>
+      </c>
+      <c r="C398" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D398" t="s">
+        <v>298</v>
+      </c>
+      <c r="E398" t="s">
+        <v>44</v>
+      </c>
+      <c r="F398">
+        <v>66033</v>
+      </c>
+      <c r="G398">
+        <v>1</v>
+      </c>
+      <c r="H398" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399">
+        <v>861</v>
+      </c>
+      <c r="B399">
+        <v>116474</v>
+      </c>
+      <c r="C399" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D399" t="s">
+        <v>298</v>
+      </c>
+      <c r="E399" t="s">
+        <v>46</v>
+      </c>
+      <c r="F399">
+        <v>65352</v>
+      </c>
+      <c r="G399">
+        <v>1</v>
+      </c>
+      <c r="H399" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400">
+        <v>862</v>
+      </c>
+      <c r="B400">
+        <v>116474</v>
+      </c>
+      <c r="C400" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D400" t="s">
+        <v>298</v>
+      </c>
+      <c r="E400" t="s">
+        <v>233</v>
+      </c>
+      <c r="F400">
+        <v>80876</v>
+      </c>
+      <c r="G400">
+        <v>1</v>
+      </c>
+      <c r="H400" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401">
+        <v>858</v>
+      </c>
+      <c r="B401">
+        <v>116474</v>
+      </c>
+      <c r="C401" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D401" t="s">
+        <v>298</v>
+      </c>
+      <c r="E401" t="s">
+        <v>282</v>
+      </c>
+      <c r="F401">
+        <v>74885</v>
+      </c>
+      <c r="G401">
+        <v>3</v>
+      </c>
+      <c r="H401" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402">
+        <v>1073</v>
+      </c>
+      <c r="B402">
+        <v>116474</v>
+      </c>
+      <c r="C402" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D402" t="s">
+        <v>298</v>
+      </c>
+      <c r="E402" t="s">
+        <v>122</v>
+      </c>
+      <c r="F402">
+        <v>87413</v>
+      </c>
+      <c r="G402">
+        <v>1</v>
+      </c>
+      <c r="H402" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403">
+        <v>833</v>
+      </c>
+      <c r="B403">
+        <v>116473</v>
+      </c>
+      <c r="C403" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D403" t="s">
+        <v>303</v>
+      </c>
+      <c r="E403" t="s">
+        <v>282</v>
+      </c>
+      <c r="F403">
+        <v>74964</v>
+      </c>
+      <c r="G403">
+        <v>1</v>
+      </c>
+      <c r="H403" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404">
+        <v>834</v>
+      </c>
+      <c r="B404">
+        <v>116473</v>
+      </c>
+      <c r="C404" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D404" t="s">
+        <v>303</v>
+      </c>
+      <c r="E404" t="s">
+        <v>233</v>
+      </c>
+      <c r="F404">
+        <v>80962</v>
+      </c>
+      <c r="G404">
+        <v>1</v>
+      </c>
+      <c r="H404" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405">
+        <v>835</v>
+      </c>
+      <c r="B405">
+        <v>116473</v>
+      </c>
+      <c r="C405" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D405" t="s">
+        <v>303</v>
+      </c>
+      <c r="E405" t="s">
+        <v>32</v>
+      </c>
+      <c r="F405">
+        <v>96776</v>
+      </c>
+      <c r="G405">
+        <v>1</v>
+      </c>
+      <c r="H405" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406">
+        <v>830</v>
+      </c>
+      <c r="B406">
+        <v>116473</v>
+      </c>
+      <c r="C406" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D406" t="s">
+        <v>303</v>
+      </c>
+      <c r="E406" t="s">
+        <v>304</v>
+      </c>
+      <c r="F406">
+        <v>149942</v>
+      </c>
+      <c r="G406">
+        <v>1</v>
+      </c>
+      <c r="H406" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407">
+        <v>829</v>
+      </c>
+      <c r="B407">
+        <v>116473</v>
+      </c>
+      <c r="C407" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D407" t="s">
+        <v>303</v>
+      </c>
+      <c r="E407" t="s">
+        <v>76</v>
+      </c>
+      <c r="F407">
+        <v>112044</v>
+      </c>
+      <c r="G407">
+        <v>1</v>
+      </c>
+      <c r="H407" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408">
+        <v>828</v>
+      </c>
+      <c r="B408">
+        <v>116473</v>
+      </c>
+      <c r="C408" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D408" t="s">
+        <v>303</v>
+      </c>
+      <c r="E408" t="s">
+        <v>108</v>
+      </c>
+      <c r="F408">
+        <v>113408</v>
+      </c>
+      <c r="G408">
+        <v>1</v>
+      </c>
+      <c r="H408" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409">
+        <v>827</v>
+      </c>
+      <c r="B409">
+        <v>116473</v>
+      </c>
+      <c r="C409" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D409" t="s">
+        <v>303</v>
+      </c>
+      <c r="E409" t="s">
+        <v>74</v>
+      </c>
+      <c r="F409">
+        <v>103592</v>
+      </c>
+      <c r="G409">
+        <v>1</v>
+      </c>
+      <c r="H409" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410">
+        <v>825</v>
+      </c>
+      <c r="B410">
+        <v>116473</v>
+      </c>
+      <c r="C410" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D410" t="s">
+        <v>303</v>
+      </c>
+      <c r="E410" t="s">
+        <v>114</v>
+      </c>
+      <c r="F410">
+        <v>76327</v>
+      </c>
+      <c r="G410">
+        <v>1</v>
+      </c>
+      <c r="H410" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411">
+        <v>832</v>
+      </c>
+      <c r="B411">
+        <v>116473</v>
+      </c>
+      <c r="C411" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D411" t="s">
+        <v>303</v>
+      </c>
+      <c r="E411" t="s">
+        <v>122</v>
+      </c>
+      <c r="F411">
+        <v>87506</v>
+      </c>
+      <c r="G411">
+        <v>1</v>
+      </c>
+      <c r="H411" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412">
+        <v>824</v>
+      </c>
+      <c r="B412">
+        <v>116473</v>
+      </c>
+      <c r="C412" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D412" t="s">
+        <v>303</v>
+      </c>
+      <c r="E412" t="s">
+        <v>306</v>
+      </c>
+      <c r="F412">
+        <v>99230</v>
+      </c>
+      <c r="G412">
+        <v>1</v>
+      </c>
+      <c r="H412" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413">
+        <v>823</v>
+      </c>
+      <c r="B413">
+        <v>116473</v>
+      </c>
+      <c r="C413" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D413" t="s">
+        <v>303</v>
+      </c>
+      <c r="E413" t="s">
+        <v>64</v>
+      </c>
+      <c r="F413">
+        <v>122950</v>
+      </c>
+      <c r="G413">
+        <v>1</v>
+      </c>
+      <c r="H413" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414">
+        <v>822</v>
+      </c>
+      <c r="B414">
+        <v>116473</v>
+      </c>
+      <c r="C414" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D414" t="s">
+        <v>303</v>
+      </c>
+      <c r="E414" t="s">
+        <v>308</v>
+      </c>
+      <c r="F414">
+        <v>106455</v>
+      </c>
+      <c r="G414">
+        <v>1</v>
+      </c>
+      <c r="H414" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415">
+        <v>821</v>
+      </c>
+      <c r="B415">
+        <v>116473</v>
+      </c>
+      <c r="C415" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D415" t="s">
+        <v>303</v>
+      </c>
+      <c r="E415" t="s">
+        <v>310</v>
+      </c>
+      <c r="F415">
+        <v>128131</v>
+      </c>
+      <c r="G415">
+        <v>2</v>
+      </c>
+      <c r="H415" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416">
+        <v>975</v>
+      </c>
+      <c r="B416">
+        <v>116473</v>
+      </c>
+      <c r="C416" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D416" t="s">
+        <v>303</v>
+      </c>
+      <c r="E416" t="s">
+        <v>106</v>
+      </c>
+      <c r="F416">
+        <v>108636</v>
+      </c>
+      <c r="G416">
+        <v>1</v>
+      </c>
+      <c r="H416" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417">
+        <v>820</v>
+      </c>
+      <c r="B417">
+        <v>116473</v>
+      </c>
+      <c r="C417" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D417" t="s">
+        <v>303</v>
+      </c>
+      <c r="E417" t="s">
+        <v>106</v>
+      </c>
+      <c r="F417">
+        <v>108636</v>
+      </c>
+      <c r="G417">
+        <v>1</v>
+      </c>
+      <c r="H417" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418">
+        <v>819</v>
+      </c>
+      <c r="B418">
+        <v>116473</v>
+      </c>
+      <c r="C418" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D418" t="s">
+        <v>303</v>
+      </c>
+      <c r="E418" t="s">
+        <v>196</v>
+      </c>
+      <c r="F418">
+        <v>107682</v>
+      </c>
+      <c r="G418">
+        <v>2</v>
+      </c>
+      <c r="H418" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419">
+        <v>826</v>
+      </c>
+      <c r="B419">
+        <v>116473</v>
+      </c>
+      <c r="C419" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D419" t="s">
+        <v>303</v>
+      </c>
+      <c r="E419" t="s">
+        <v>200</v>
+      </c>
+      <c r="F419">
+        <v>103592</v>
+      </c>
+      <c r="G419">
+        <v>1</v>
+      </c>
+      <c r="H419" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420">
+        <v>831</v>
+      </c>
+      <c r="B420">
+        <v>116473</v>
+      </c>
+      <c r="C420" t="s" s="2">
+        <v>284</v>
+      </c>
+      <c r="D420" t="s">
+        <v>303</v>
+      </c>
+      <c r="E420" t="s">
+        <v>288</v>
+      </c>
+      <c r="F420">
+        <v>109045</v>
+      </c>
+      <c r="G420">
+        <v>1</v>
+      </c>
+      <c r="H420" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421">
+        <v>814</v>
+      </c>
+      <c r="B421">
+        <v>114823</v>
+      </c>
+      <c r="C421" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D421" t="s">
+        <v>313</v>
+      </c>
+      <c r="E421" t="s">
+        <v>36</v>
+      </c>
+      <c r="F421">
+        <v>74421</v>
+      </c>
+      <c r="G421">
+        <v>1</v>
+      </c>
+      <c r="H421" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422">
+        <v>813</v>
+      </c>
+      <c r="B422">
+        <v>114823</v>
+      </c>
+      <c r="C422" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D422" t="s">
+        <v>313</v>
+      </c>
+      <c r="E422" t="s">
+        <v>122</v>
+      </c>
+      <c r="F422">
+        <v>86491</v>
+      </c>
+      <c r="G422">
+        <v>1</v>
+      </c>
+      <c r="H422" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423">
+        <v>812</v>
+      </c>
+      <c r="B423">
+        <v>114823</v>
+      </c>
+      <c r="C423" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D423" t="s">
+        <v>313</v>
+      </c>
+      <c r="E423" t="s">
+        <v>38</v>
+      </c>
+      <c r="F423">
+        <v>68386</v>
+      </c>
+      <c r="G423">
+        <v>1</v>
+      </c>
+      <c r="H423" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424">
+        <v>811</v>
+      </c>
+      <c r="B424">
+        <v>114823</v>
+      </c>
+      <c r="C424" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D424" t="s">
+        <v>313</v>
+      </c>
+      <c r="E424" t="s">
+        <v>112</v>
+      </c>
+      <c r="F424">
+        <v>80456</v>
+      </c>
+      <c r="G424">
+        <v>1</v>
+      </c>
+      <c r="H424" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425">
+        <v>810</v>
+      </c>
+      <c r="B425">
+        <v>114823</v>
+      </c>
+      <c r="C425" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D425" t="s">
+        <v>313</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425">
+        <v>77774</v>
+      </c>
+      <c r="G425">
+        <v>1</v>
+      </c>
+      <c r="H425" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426">
+        <v>809</v>
+      </c>
+      <c r="B426">
+        <v>114823</v>
+      </c>
+      <c r="C426" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D426" t="s">
+        <v>313</v>
+      </c>
+      <c r="E426" t="s">
+        <v>104</v>
+      </c>
+      <c r="F426">
+        <v>88503</v>
+      </c>
+      <c r="G426">
+        <v>1</v>
+      </c>
+      <c r="H426" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427">
+        <v>808</v>
+      </c>
+      <c r="B427">
+        <v>114823</v>
+      </c>
+      <c r="C427" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D427" t="s">
+        <v>313</v>
+      </c>
+      <c r="E427" t="s">
+        <v>314</v>
+      </c>
+      <c r="F427">
+        <v>76299</v>
+      </c>
+      <c r="G427">
+        <v>1</v>
+      </c>
+      <c r="H427" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428">
+        <v>807</v>
+      </c>
+      <c r="B428">
+        <v>114823</v>
+      </c>
+      <c r="C428" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D428" t="s">
+        <v>313</v>
+      </c>
+      <c r="E428" t="s">
+        <v>233</v>
+      </c>
+      <c r="F428">
+        <v>79651</v>
+      </c>
+      <c r="G428">
+        <v>1</v>
+      </c>
+      <c r="H428" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429">
+        <v>806</v>
+      </c>
+      <c r="B429">
+        <v>114823</v>
+      </c>
+      <c r="C429" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D429" t="s">
+        <v>313</v>
+      </c>
+      <c r="E429" t="s">
+        <v>10</v>
+      </c>
+      <c r="F429">
+        <v>114388</v>
+      </c>
+      <c r="G429">
+        <v>1</v>
+      </c>
+      <c r="H429" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430">
+        <v>805</v>
+      </c>
+      <c r="B430">
+        <v>114823</v>
+      </c>
+      <c r="C430" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D430" t="s">
+        <v>313</v>
+      </c>
+      <c r="E430" t="s">
+        <v>316</v>
+      </c>
+      <c r="F430">
+        <v>148319</v>
+      </c>
+      <c r="G430">
+        <v>1</v>
+      </c>
+      <c r="H430" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431">
+        <v>803</v>
+      </c>
+      <c r="B431">
+        <v>114823</v>
+      </c>
+      <c r="C431" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D431" t="s">
+        <v>313</v>
+      </c>
+      <c r="E431" t="s">
+        <v>66</v>
+      </c>
+      <c r="F431">
+        <v>134237</v>
+      </c>
+      <c r="G431">
+        <v>1</v>
+      </c>
+      <c r="H431" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432">
+        <v>815</v>
+      </c>
+      <c r="B432">
+        <v>114823</v>
+      </c>
+      <c r="C432" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D432" t="s">
+        <v>313</v>
+      </c>
+      <c r="E432" t="s">
+        <v>42</v>
+      </c>
+      <c r="F432">
+        <v>45586</v>
+      </c>
+      <c r="G432">
+        <v>1</v>
+      </c>
+      <c r="H432" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433">
+        <v>816</v>
+      </c>
+      <c r="B433">
+        <v>114823</v>
+      </c>
+      <c r="C433" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D433" t="s">
+        <v>313</v>
+      </c>
+      <c r="E433" t="s">
+        <v>231</v>
+      </c>
+      <c r="F433">
+        <v>107280</v>
+      </c>
+      <c r="G433">
+        <v>1</v>
+      </c>
+      <c r="H433" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434">
+        <v>817</v>
+      </c>
+      <c r="B434">
+        <v>114823</v>
+      </c>
+      <c r="C434" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D434" t="s">
+        <v>313</v>
+      </c>
+      <c r="E434" t="s">
+        <v>208</v>
+      </c>
+      <c r="F434">
+        <v>97623</v>
+      </c>
+      <c r="G434">
+        <v>1</v>
+      </c>
+      <c r="H434" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435">
+        <v>804</v>
+      </c>
+      <c r="B435">
+        <v>114823</v>
+      </c>
+      <c r="C435" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D435" t="s">
+        <v>313</v>
+      </c>
+      <c r="E435" t="s">
+        <v>318</v>
+      </c>
+      <c r="F435">
+        <v>90515</v>
+      </c>
+      <c r="G435">
+        <v>1</v>
+      </c>
+      <c r="H435" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436">
+        <v>818</v>
+      </c>
+      <c r="B436">
+        <v>114823</v>
+      </c>
+      <c r="C436" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D436" t="s">
+        <v>313</v>
+      </c>
+      <c r="E436" t="s">
+        <v>210</v>
+      </c>
+      <c r="F436">
+        <v>128738</v>
+      </c>
+      <c r="G436">
+        <v>1</v>
+      </c>
+      <c r="H436" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437">
+        <v>775</v>
+      </c>
+      <c r="B437">
+        <v>114821</v>
+      </c>
+      <c r="C437" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D437" t="s">
+        <v>320</v>
+      </c>
+      <c r="E437" t="s">
+        <v>321</v>
+      </c>
+      <c r="F437">
+        <v>23351</v>
+      </c>
+      <c r="G437">
+        <v>2</v>
+      </c>
+      <c r="H437" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438">
+        <v>793</v>
+      </c>
+      <c r="B438">
+        <v>114822</v>
+      </c>
+      <c r="C438" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D438" t="s">
+        <v>320</v>
+      </c>
+      <c r="E438" t="s">
+        <v>252</v>
+      </c>
+      <c r="F438">
+        <v>7518</v>
+      </c>
+      <c r="G438">
+        <v>2</v>
+      </c>
+      <c r="H438" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439">
+        <v>792</v>
+      </c>
+      <c r="B439">
+        <v>114822</v>
+      </c>
+      <c r="C439" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D439" t="s">
+        <v>320</v>
+      </c>
+      <c r="E439" t="s">
+        <v>160</v>
+      </c>
+      <c r="F439">
+        <v>10981</v>
+      </c>
+      <c r="G439">
+        <v>6</v>
+      </c>
+      <c r="H439" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440">
+        <v>791</v>
+      </c>
+      <c r="B440">
+        <v>114822</v>
+      </c>
+      <c r="C440" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D440" t="s">
+        <v>320</v>
+      </c>
+      <c r="E440" t="s">
+        <v>162</v>
+      </c>
+      <c r="F440">
+        <v>3697</v>
+      </c>
+      <c r="G440">
+        <v>14</v>
+      </c>
+      <c r="H440" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441">
+        <v>790</v>
+      </c>
+      <c r="B441">
+        <v>114822</v>
+      </c>
+      <c r="C441" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D441" t="s">
+        <v>320</v>
+      </c>
+      <c r="E441" t="s">
+        <v>158</v>
+      </c>
+      <c r="F441">
+        <v>7270</v>
+      </c>
+      <c r="G441">
+        <v>10</v>
+      </c>
+      <c r="H441" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442">
+        <v>789</v>
+      </c>
+      <c r="B442">
+        <v>114822</v>
+      </c>
+      <c r="C442" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D442" t="s">
+        <v>320</v>
+      </c>
+      <c r="E442" t="s">
+        <v>323</v>
+      </c>
+      <c r="F442">
+        <v>20932</v>
+      </c>
+      <c r="G442">
+        <v>1</v>
+      </c>
+      <c r="H442" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443">
+        <v>788</v>
+      </c>
+      <c r="B443">
+        <v>114822</v>
+      </c>
+      <c r="C443" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D443" t="s">
+        <v>320</v>
+      </c>
+      <c r="E443" t="s">
+        <v>325</v>
+      </c>
+      <c r="F443">
+        <v>10871</v>
+      </c>
+      <c r="G443">
+        <v>3</v>
+      </c>
+      <c r="H443" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444">
+        <v>787</v>
+      </c>
+      <c r="B444">
+        <v>114822</v>
+      </c>
+      <c r="C444" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D444" t="s">
+        <v>320</v>
+      </c>
+      <c r="E444" t="s">
+        <v>327</v>
+      </c>
+      <c r="F444">
+        <v>6831</v>
+      </c>
+      <c r="G444">
+        <v>2</v>
+      </c>
+      <c r="H444" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445">
+        <v>786</v>
+      </c>
+      <c r="B445">
+        <v>114822</v>
+      </c>
+      <c r="C445" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D445" t="s">
+        <v>320</v>
+      </c>
+      <c r="E445" t="s">
+        <v>156</v>
+      </c>
+      <c r="F445">
+        <v>9469</v>
+      </c>
+      <c r="G445">
+        <v>3</v>
+      </c>
+      <c r="H445" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446">
+        <v>794</v>
+      </c>
+      <c r="B446">
+        <v>114822</v>
+      </c>
+      <c r="C446" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D446" t="s">
+        <v>320</v>
+      </c>
+      <c r="E446" t="s">
+        <v>240</v>
+      </c>
+      <c r="F446">
+        <v>6679</v>
+      </c>
+      <c r="G446">
+        <v>1</v>
+      </c>
+      <c r="H446" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447">
+        <v>785</v>
+      </c>
+      <c r="B447">
+        <v>114822</v>
+      </c>
+      <c r="C447" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D447" t="s">
+        <v>320</v>
+      </c>
+      <c r="E447" t="s">
+        <v>154</v>
+      </c>
+      <c r="F447">
+        <v>4659</v>
+      </c>
+      <c r="G447">
+        <v>3</v>
+      </c>
+      <c r="H447" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448">
+        <v>783</v>
+      </c>
+      <c r="B448">
+        <v>114822</v>
+      </c>
+      <c r="C448" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D448" t="s">
+        <v>320</v>
+      </c>
+      <c r="E448" t="s">
+        <v>174</v>
+      </c>
+      <c r="F448">
+        <v>548</v>
+      </c>
+      <c r="G448">
+        <v>2</v>
+      </c>
+      <c r="H448" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449">
+        <v>782</v>
+      </c>
+      <c r="B449">
+        <v>114822</v>
+      </c>
+      <c r="C449" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D449" t="s">
+        <v>320</v>
+      </c>
+      <c r="E449" t="s">
+        <v>168</v>
+      </c>
+      <c r="F449">
+        <v>942</v>
+      </c>
+      <c r="G449">
+        <v>11</v>
+      </c>
+      <c r="H449" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450">
+        <v>780</v>
+      </c>
+      <c r="B450">
+        <v>114821</v>
+      </c>
+      <c r="C450" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D450" t="s">
+        <v>320</v>
+      </c>
+      <c r="E450" t="s">
+        <v>140</v>
+      </c>
+      <c r="F450">
+        <v>155038</v>
+      </c>
+      <c r="G450">
+        <v>1</v>
+      </c>
+      <c r="H450" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451">
+        <v>779</v>
+      </c>
+      <c r="B451">
+        <v>114821</v>
+      </c>
+      <c r="C451" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D451" t="s">
+        <v>320</v>
+      </c>
+      <c r="E451" t="s">
+        <v>144</v>
+      </c>
+      <c r="F451">
+        <v>79841</v>
+      </c>
+      <c r="G451">
+        <v>1</v>
+      </c>
+      <c r="H451" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452">
+        <v>778</v>
+      </c>
+      <c r="B452">
+        <v>114821</v>
+      </c>
+      <c r="C452" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D452" t="s">
+        <v>320</v>
+      </c>
+      <c r="E452" t="s">
+        <v>329</v>
+      </c>
+      <c r="F452">
+        <v>53576</v>
+      </c>
+      <c r="G452">
+        <v>1</v>
+      </c>
+      <c r="H452" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453">
+        <v>777</v>
+      </c>
+      <c r="B453">
+        <v>114821</v>
+      </c>
+      <c r="C453" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D453" t="s">
+        <v>320</v>
+      </c>
+      <c r="E453" t="s">
+        <v>331</v>
+      </c>
+      <c r="F453">
+        <v>57493</v>
+      </c>
+      <c r="G453">
+        <v>1</v>
+      </c>
+      <c r="H453" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454">
+        <v>776</v>
+      </c>
+      <c r="B454">
+        <v>114821</v>
+      </c>
+      <c r="C454" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D454" t="s">
+        <v>320</v>
+      </c>
+      <c r="E454" t="s">
+        <v>132</v>
+      </c>
+      <c r="F454">
+        <v>153938</v>
+      </c>
+      <c r="G454">
+        <v>1</v>
+      </c>
+      <c r="H454" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455">
+        <v>784</v>
+      </c>
+      <c r="B455">
+        <v>114822</v>
+      </c>
+      <c r="C455" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D455" t="s">
+        <v>320</v>
+      </c>
+      <c r="E455" t="s">
+        <v>172</v>
+      </c>
+      <c r="F455">
+        <v>685</v>
+      </c>
+      <c r="G455">
+        <v>2</v>
+      </c>
+      <c r="H455" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456">
+        <v>795</v>
+      </c>
+      <c r="B456">
+        <v>114822</v>
+      </c>
+      <c r="C456" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D456" t="s">
+        <v>320</v>
+      </c>
+      <c r="E456" t="s">
+        <v>333</v>
+      </c>
+      <c r="F456">
+        <v>2597</v>
+      </c>
+      <c r="G456">
+        <v>2</v>
+      </c>
+      <c r="H456" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457">
+        <v>781</v>
+      </c>
+      <c r="B457">
+        <v>114822</v>
+      </c>
+      <c r="C457" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D457" t="s">
+        <v>320</v>
+      </c>
+      <c r="E457" t="s">
+        <v>150</v>
+      </c>
+      <c r="F457">
+        <v>1773</v>
+      </c>
+      <c r="G457">
+        <v>4</v>
+      </c>
+      <c r="H457" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458">
+        <v>797</v>
+      </c>
+      <c r="B458">
+        <v>114822</v>
+      </c>
+      <c r="C458" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D458" t="s">
+        <v>320</v>
+      </c>
+      <c r="E458" t="s">
+        <v>335</v>
+      </c>
+      <c r="F458">
+        <v>1910</v>
+      </c>
+      <c r="G458">
+        <v>2</v>
+      </c>
+      <c r="H458" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459">
+        <v>796</v>
+      </c>
+      <c r="B459">
+        <v>114822</v>
+      </c>
+      <c r="C459" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D459" t="s">
+        <v>320</v>
+      </c>
+      <c r="E459" t="s">
+        <v>337</v>
+      </c>
+      <c r="F459">
+        <v>1566</v>
+      </c>
+      <c r="G459">
+        <v>2</v>
+      </c>
+      <c r="H459" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460">
+        <v>902</v>
+      </c>
+      <c r="B460">
+        <v>114822</v>
+      </c>
+      <c r="C460" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D460" t="s">
+        <v>320</v>
+      </c>
+      <c r="E460" t="s">
+        <v>339</v>
+      </c>
+      <c r="F460">
+        <v>0</v>
+      </c>
+      <c r="G460">
+        <v>1</v>
+      </c>
+      <c r="H460" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461">
+        <v>1122</v>
+      </c>
+      <c r="B461">
+        <v>114822</v>
+      </c>
+      <c r="C461" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D461" t="s">
+        <v>320</v>
+      </c>
+      <c r="E461" t="s">
+        <v>341</v>
+      </c>
+      <c r="F461">
+        <v>6831</v>
+      </c>
+      <c r="G461">
+        <v>2</v>
+      </c>
+      <c r="H461" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462">
+        <v>1000</v>
+      </c>
+      <c r="B462">
+        <v>114821</v>
+      </c>
+      <c r="C462" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D462" t="s">
+        <v>320</v>
+      </c>
+      <c r="E462" t="s">
+        <v>144</v>
+      </c>
+      <c r="F462">
+        <v>79841</v>
+      </c>
+      <c r="G462">
+        <v>1</v>
+      </c>
+      <c r="H462" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463">
+        <v>999</v>
+      </c>
+      <c r="B463">
+        <v>114822</v>
+      </c>
+      <c r="C463" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D463" t="s">
+        <v>320</v>
+      </c>
+      <c r="E463" t="s">
+        <v>343</v>
+      </c>
+      <c r="F463">
+        <v>453</v>
+      </c>
+      <c r="G463">
+        <v>6</v>
+      </c>
+      <c r="H463" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464">
+        <v>998</v>
+      </c>
+      <c r="B464">
+        <v>114822</v>
+      </c>
+      <c r="C464" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D464" t="s">
+        <v>320</v>
+      </c>
+      <c r="E464" t="s">
+        <v>345</v>
+      </c>
+      <c r="F464">
+        <v>533</v>
+      </c>
+      <c r="G464">
+        <v>6</v>
+      </c>
+      <c r="H464" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465">
+        <v>1072</v>
+      </c>
+      <c r="B465">
+        <v>114822</v>
+      </c>
+      <c r="C465" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D465" t="s">
+        <v>320</v>
+      </c>
+      <c r="E465" t="s">
+        <v>347</v>
+      </c>
+      <c r="F465">
+        <v>10871</v>
+      </c>
+      <c r="G465">
+        <v>1</v>
+      </c>
+      <c r="H465" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466">
+        <v>802</v>
+      </c>
+      <c r="B466">
+        <v>114822</v>
+      </c>
+      <c r="C466" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D466" t="s">
+        <v>320</v>
+      </c>
+      <c r="E466" t="s">
+        <v>248</v>
+      </c>
+      <c r="F466">
+        <v>5305</v>
+      </c>
+      <c r="G466">
+        <v>1</v>
+      </c>
+      <c r="H466" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467">
+        <v>798</v>
+      </c>
+      <c r="B467">
+        <v>114822</v>
+      </c>
+      <c r="C467" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D467" t="s">
+        <v>320</v>
+      </c>
+      <c r="E467" t="s">
+        <v>349</v>
+      </c>
+      <c r="F467">
+        <v>5442</v>
+      </c>
+      <c r="G467">
+        <v>3</v>
+      </c>
+      <c r="H467" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468">
+        <v>800</v>
+      </c>
+      <c r="B468">
+        <v>114822</v>
+      </c>
+      <c r="C468" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D468" t="s">
+        <v>320</v>
+      </c>
+      <c r="E468" t="s">
+        <v>242</v>
+      </c>
+      <c r="F468">
+        <v>852</v>
+      </c>
+      <c r="G468">
+        <v>10</v>
+      </c>
+      <c r="H468" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469">
+        <v>799</v>
+      </c>
+      <c r="B469">
+        <v>114822</v>
+      </c>
+      <c r="C469" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D469" t="s">
+        <v>320</v>
+      </c>
+      <c r="E469" t="s">
+        <v>351</v>
+      </c>
+      <c r="F469">
+        <v>1992</v>
+      </c>
+      <c r="G469">
+        <v>10</v>
+      </c>
+      <c r="H469" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470">
+        <v>801</v>
+      </c>
+      <c r="B470">
+        <v>114822</v>
+      </c>
+      <c r="C470" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D470" t="s">
+        <v>320</v>
+      </c>
+      <c r="E470" t="s">
+        <v>186</v>
+      </c>
+      <c r="F470">
+        <v>2405</v>
+      </c>
+      <c r="G470">
+        <v>8</v>
+      </c>
+      <c r="H470" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471">
+        <v>754</v>
+      </c>
+      <c r="B471">
+        <v>114816</v>
+      </c>
+      <c r="C471" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D471" t="s">
+        <v>353</v>
+      </c>
+      <c r="E471" t="s">
+        <v>102</v>
+      </c>
+      <c r="F471">
+        <v>103070</v>
+      </c>
+      <c r="G471">
+        <v>1</v>
+      </c>
+      <c r="H471" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472">
+        <v>764</v>
+      </c>
+      <c r="B472">
+        <v>114816</v>
+      </c>
+      <c r="C472" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D472" t="s">
+        <v>353</v>
+      </c>
+      <c r="E472" t="s">
+        <v>86</v>
+      </c>
+      <c r="F472">
+        <v>56063</v>
+      </c>
+      <c r="G472">
+        <v>1</v>
+      </c>
+      <c r="H472" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473">
+        <v>755</v>
+      </c>
+      <c r="B473">
+        <v>114816</v>
+      </c>
+      <c r="C473" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D473" t="s">
+        <v>353</v>
+      </c>
+      <c r="E473" t="s">
+        <v>62</v>
+      </c>
+      <c r="F473">
+        <v>81766</v>
+      </c>
+      <c r="G473">
+        <v>1</v>
+      </c>
+      <c r="H473" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474">
+        <v>756</v>
+      </c>
+      <c r="B474">
+        <v>114816</v>
+      </c>
+      <c r="C474" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D474" t="s">
+        <v>353</v>
+      </c>
+      <c r="E474" t="s">
+        <v>354</v>
+      </c>
+      <c r="F474">
+        <v>81078</v>
+      </c>
+      <c r="G474">
+        <v>1</v>
+      </c>
+      <c r="H474" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475">
+        <v>752</v>
+      </c>
+      <c r="B475">
+        <v>114816</v>
+      </c>
+      <c r="C475" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D475" t="s">
+        <v>353</v>
+      </c>
+      <c r="E475" t="s">
+        <v>301</v>
+      </c>
+      <c r="F475">
+        <v>69945</v>
+      </c>
+      <c r="G475">
+        <v>1</v>
+      </c>
+      <c r="H475" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476">
+        <v>751</v>
+      </c>
+      <c r="B476">
+        <v>114816</v>
+      </c>
+      <c r="C476" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D476" t="s">
+        <v>353</v>
+      </c>
+      <c r="E476" t="s">
+        <v>270</v>
+      </c>
+      <c r="F476">
+        <v>118876</v>
+      </c>
+      <c r="G476">
+        <v>2</v>
+      </c>
+      <c r="H476" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477">
+        <v>757</v>
+      </c>
+      <c r="B477">
+        <v>114816</v>
+      </c>
+      <c r="C477" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D477" t="s">
+        <v>353</v>
+      </c>
+      <c r="E477" t="s">
+        <v>206</v>
+      </c>
+      <c r="F477">
+        <v>106506</v>
+      </c>
+      <c r="G477">
+        <v>1</v>
+      </c>
+      <c r="H477" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478">
+        <v>758</v>
+      </c>
+      <c r="B478">
+        <v>114816</v>
+      </c>
+      <c r="C478" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D478" t="s">
+        <v>353</v>
+      </c>
+      <c r="E478" t="s">
+        <v>356</v>
+      </c>
+      <c r="F478">
+        <v>108293</v>
+      </c>
+      <c r="G478">
+        <v>1</v>
+      </c>
+      <c r="H478" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479">
+        <v>759</v>
+      </c>
+      <c r="B479">
+        <v>114816</v>
+      </c>
+      <c r="C479" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D479" t="s">
+        <v>353</v>
+      </c>
+      <c r="E479" t="s">
+        <v>96</v>
+      </c>
+      <c r="F479">
+        <v>118189</v>
+      </c>
+      <c r="G479">
+        <v>1</v>
+      </c>
+      <c r="H479" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480">
+        <v>760</v>
+      </c>
+      <c r="B480">
+        <v>114816</v>
+      </c>
+      <c r="C480" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D480" t="s">
+        <v>353</v>
+      </c>
+      <c r="E480" t="s">
+        <v>108</v>
+      </c>
+      <c r="F480">
+        <v>114340</v>
+      </c>
+      <c r="G480">
+        <v>1</v>
+      </c>
+      <c r="H480" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481">
+        <v>761</v>
+      </c>
+      <c r="B481">
+        <v>114816</v>
+      </c>
+      <c r="C481" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D481" t="s">
+        <v>353</v>
+      </c>
+      <c r="E481" t="s">
+        <v>76</v>
+      </c>
+      <c r="F481">
+        <v>114340</v>
+      </c>
+      <c r="G481">
+        <v>1</v>
+      </c>
+      <c r="H481" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482">
+        <v>762</v>
+      </c>
+      <c r="B482">
+        <v>114816</v>
+      </c>
+      <c r="C482" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D482" t="s">
+        <v>353</v>
+      </c>
+      <c r="E482" t="s">
+        <v>288</v>
+      </c>
+      <c r="F482">
+        <v>109942</v>
+      </c>
+      <c r="G482">
+        <v>2</v>
+      </c>
+      <c r="H482" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483">
+        <v>763</v>
+      </c>
+      <c r="B483">
+        <v>114816</v>
+      </c>
+      <c r="C483" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D483" t="s">
+        <v>353</v>
+      </c>
+      <c r="E483" t="s">
+        <v>10</v>
+      </c>
+      <c r="F483">
+        <v>117227</v>
+      </c>
+      <c r="G483">
+        <v>2</v>
+      </c>
+      <c r="H483" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484">
+        <v>753</v>
+      </c>
+      <c r="B484">
+        <v>114816</v>
+      </c>
+      <c r="C484" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D484" t="s">
+        <v>353</v>
+      </c>
+      <c r="E484" t="s">
+        <v>196</v>
+      </c>
+      <c r="F484">
+        <v>108155</v>
+      </c>
+      <c r="G484">
+        <v>1</v>
+      </c>
+      <c r="H484" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485">
+        <v>765</v>
+      </c>
+      <c r="B485">
+        <v>114816</v>
+      </c>
+      <c r="C485" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D485" t="s">
+        <v>353</v>
+      </c>
+      <c r="E485" t="s">
+        <v>20</v>
+      </c>
+      <c r="F485">
+        <v>79704</v>
+      </c>
+      <c r="G485">
+        <v>1</v>
+      </c>
+      <c r="H485" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486">
+        <v>770</v>
+      </c>
+      <c r="B486">
+        <v>114816</v>
+      </c>
+      <c r="C486" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D486" t="s">
+        <v>353</v>
+      </c>
+      <c r="E486" t="s">
+        <v>44</v>
+      </c>
+      <c r="F486">
+        <v>66647</v>
+      </c>
+      <c r="G486">
+        <v>1</v>
+      </c>
+      <c r="H486" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487">
+        <v>767</v>
+      </c>
+      <c r="B487">
+        <v>114816</v>
+      </c>
+      <c r="C487" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D487" t="s">
+        <v>353</v>
+      </c>
+      <c r="E487" t="s">
+        <v>118</v>
+      </c>
+      <c r="F487">
+        <v>89325</v>
+      </c>
+      <c r="G487">
+        <v>1</v>
+      </c>
+      <c r="H487" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488">
+        <v>768</v>
+      </c>
+      <c r="B488">
+        <v>114816</v>
+      </c>
+      <c r="C488" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D488" t="s">
+        <v>353</v>
+      </c>
+      <c r="E488" t="s">
+        <v>34</v>
+      </c>
+      <c r="F488">
+        <v>101695</v>
+      </c>
+      <c r="G488">
+        <v>1</v>
+      </c>
+      <c r="H488" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489">
+        <v>769</v>
+      </c>
+      <c r="B489">
+        <v>114816</v>
+      </c>
+      <c r="C489" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D489" t="s">
+        <v>353</v>
+      </c>
+      <c r="E489" t="s">
+        <v>40</v>
+      </c>
+      <c r="F489">
+        <v>61149</v>
+      </c>
+      <c r="G489">
+        <v>1</v>
+      </c>
+      <c r="H489" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490">
+        <v>771</v>
+      </c>
+      <c r="B490">
+        <v>114816</v>
+      </c>
+      <c r="C490" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D490" t="s">
+        <v>353</v>
+      </c>
+      <c r="E490" t="s">
+        <v>122</v>
+      </c>
+      <c r="F490">
+        <v>88638</v>
+      </c>
+      <c r="G490">
+        <v>1</v>
+      </c>
+      <c r="H490" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491">
+        <v>772</v>
+      </c>
+      <c r="B491">
+        <v>114816</v>
+      </c>
+      <c r="C491" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D491" t="s">
+        <v>353</v>
+      </c>
+      <c r="E491" t="s">
+        <v>36</v>
+      </c>
+      <c r="F491">
+        <v>76268</v>
+      </c>
+      <c r="G491">
+        <v>1</v>
+      </c>
+      <c r="H491" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492">
+        <v>773</v>
+      </c>
+      <c r="B492">
+        <v>114816</v>
+      </c>
+      <c r="C492" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D492" t="s">
+        <v>353</v>
+      </c>
+      <c r="E492" t="s">
+        <v>46</v>
+      </c>
+      <c r="F492">
+        <v>65959</v>
+      </c>
+      <c r="G492">
+        <v>1</v>
+      </c>
+      <c r="H492" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493">
+        <v>774</v>
+      </c>
+      <c r="B493">
+        <v>114816</v>
+      </c>
+      <c r="C493" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D493" t="s">
+        <v>353</v>
+      </c>
+      <c r="E493" t="s">
+        <v>106</v>
+      </c>
+      <c r="F493">
+        <v>109530</v>
+      </c>
+      <c r="G493">
+        <v>1</v>
+      </c>
+      <c r="H493" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494">
+        <v>766</v>
+      </c>
+      <c r="B494">
+        <v>114816</v>
+      </c>
+      <c r="C494" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D494" t="s">
+        <v>353</v>
+      </c>
+      <c r="E494" t="s">
+        <v>22</v>
+      </c>
+      <c r="F494">
+        <v>75581</v>
+      </c>
+      <c r="G494">
+        <v>1</v>
+      </c>
+      <c r="H494" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495">
+        <v>974</v>
+      </c>
+      <c r="B495">
+        <v>114816</v>
+      </c>
+      <c r="C495" t="s" s="2">
+        <v>312</v>
+      </c>
+      <c r="D495" t="s">
+        <v>353</v>
+      </c>
+      <c r="E495" t="s">
+        <v>356</v>
+      </c>
+      <c r="F495">
+        <v>108526</v>
+      </c>
+      <c r="G495">
+        <v>1</v>
+      </c>
+      <c r="H495" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496">
+        <v>723</v>
+      </c>
+      <c r="B496">
+        <v>113726</v>
+      </c>
+      <c r="C496" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D496" t="s">
+        <v>359</v>
+      </c>
+      <c r="E496" t="s">
+        <v>20</v>
+      </c>
+      <c r="F496">
+        <v>76741</v>
+      </c>
+      <c r="G496">
+        <v>5</v>
+      </c>
+      <c r="H496" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497">
+        <v>724</v>
+      </c>
+      <c r="B497">
+        <v>113726</v>
+      </c>
+      <c r="C497" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D497" t="s">
+        <v>359</v>
+      </c>
+      <c r="E497" t="s">
+        <v>22</v>
+      </c>
+      <c r="F497">
+        <v>70124</v>
+      </c>
+      <c r="G497">
+        <v>4</v>
+      </c>
+      <c r="H497" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498">
+        <v>725</v>
+      </c>
+      <c r="B498">
+        <v>113726</v>
+      </c>
+      <c r="C498" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D498" t="s">
+        <v>359</v>
+      </c>
+      <c r="E498" t="s">
+        <v>118</v>
+      </c>
+      <c r="F498">
+        <v>86005</v>
+      </c>
+      <c r="G498">
+        <v>3</v>
+      </c>
+      <c r="H498" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499">
+        <v>728</v>
+      </c>
+      <c r="B499">
+        <v>113726</v>
+      </c>
+      <c r="C499" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D499" t="s">
+        <v>359</v>
+      </c>
+      <c r="E499" t="s">
+        <v>160</v>
+      </c>
+      <c r="F499">
+        <v>10573</v>
+      </c>
+      <c r="G499">
+        <v>6</v>
+      </c>
+      <c r="H499" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500">
+        <v>730</v>
+      </c>
+      <c r="B500">
+        <v>113726</v>
+      </c>
+      <c r="C500" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D500" t="s">
+        <v>359</v>
+      </c>
+      <c r="E500" t="s">
+        <v>122</v>
+      </c>
+      <c r="F500">
+        <v>85475</v>
+      </c>
+      <c r="G500">
+        <v>1</v>
+      </c>
+      <c r="H500" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501">
+        <v>722</v>
+      </c>
+      <c r="B501">
+        <v>113726</v>
+      </c>
+      <c r="C501" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D501" t="s">
+        <v>359</v>
+      </c>
+      <c r="E501" t="s">
+        <v>104</v>
+      </c>
+      <c r="F501">
+        <v>87328</v>
+      </c>
+      <c r="G501">
+        <v>2</v>
+      </c>
+      <c r="H501" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502">
+        <v>731</v>
+      </c>
+      <c r="B502">
+        <v>113726</v>
+      </c>
+      <c r="C502" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D502" t="s">
+        <v>359</v>
+      </c>
+      <c r="E502" t="s">
+        <v>36</v>
+      </c>
+      <c r="F502">
+        <v>73565</v>
+      </c>
+      <c r="G502">
+        <v>1</v>
+      </c>
+      <c r="H502" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503">
+        <v>726</v>
+      </c>
+      <c r="B503">
+        <v>113726</v>
+      </c>
+      <c r="C503" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D503" t="s">
+        <v>359</v>
+      </c>
+      <c r="E503" t="s">
+        <v>32</v>
+      </c>
+      <c r="F503">
+        <v>93945</v>
+      </c>
+      <c r="G503">
+        <v>2</v>
+      </c>
+      <c r="H503" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504">
+        <v>729</v>
+      </c>
+      <c r="B504">
+        <v>113726</v>
+      </c>
+      <c r="C504" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D504" t="s">
+        <v>359</v>
+      </c>
+      <c r="E504" t="s">
+        <v>112</v>
+      </c>
+      <c r="F504">
+        <v>80314</v>
+      </c>
+      <c r="G504">
+        <v>1</v>
+      </c>
+      <c r="H504" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505">
+        <v>721</v>
+      </c>
+      <c r="B505">
+        <v>113726</v>
+      </c>
+      <c r="C505" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D505" t="s">
+        <v>359</v>
+      </c>
+      <c r="E505" t="s">
+        <v>314</v>
+      </c>
+      <c r="F505">
+        <v>73830</v>
+      </c>
+      <c r="G505">
+        <v>1</v>
+      </c>
+      <c r="H505" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506">
+        <v>727</v>
+      </c>
+      <c r="B506">
+        <v>113726</v>
+      </c>
+      <c r="C506" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D506" t="s">
+        <v>359</v>
+      </c>
+      <c r="E506" t="s">
+        <v>34</v>
+      </c>
+      <c r="F506">
+        <v>97915</v>
+      </c>
+      <c r="G506">
+        <v>2</v>
+      </c>
+      <c r="H506" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507">
+        <v>719</v>
+      </c>
+      <c r="B507">
+        <v>113726</v>
+      </c>
+      <c r="C507" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D507" t="s">
+        <v>359</v>
+      </c>
+      <c r="E507" t="s">
+        <v>233</v>
+      </c>
+      <c r="F507">
+        <v>80711</v>
+      </c>
+      <c r="G507">
+        <v>1</v>
+      </c>
+      <c r="H507" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508">
+        <v>718</v>
+      </c>
+      <c r="B508">
+        <v>113726</v>
+      </c>
+      <c r="C508" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D508" t="s">
+        <v>359</v>
+      </c>
+      <c r="E508" t="s">
+        <v>10</v>
+      </c>
+      <c r="F508">
+        <v>113398</v>
+      </c>
+      <c r="G508">
+        <v>2</v>
+      </c>
+      <c r="H508" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509">
+        <v>717</v>
+      </c>
+      <c r="B509">
+        <v>113726</v>
+      </c>
+      <c r="C509" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D509" t="s">
+        <v>359</v>
+      </c>
+      <c r="E509" t="s">
+        <v>60</v>
+      </c>
+      <c r="F509">
+        <v>78726</v>
+      </c>
+      <c r="G509">
+        <v>1</v>
+      </c>
+      <c r="H509" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510">
+        <v>732</v>
+      </c>
+      <c r="B510">
+        <v>113726</v>
+      </c>
+      <c r="C510" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D510" t="s">
+        <v>359</v>
+      </c>
+      <c r="E510" t="s">
+        <v>40</v>
+      </c>
+      <c r="F510">
+        <v>58876</v>
+      </c>
+      <c r="G510">
+        <v>2</v>
+      </c>
+      <c r="H510" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511">
+        <v>716</v>
+      </c>
+      <c r="B511">
+        <v>113726</v>
+      </c>
+      <c r="C511" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D511" t="s">
+        <v>359</v>
+      </c>
+      <c r="E511" t="s">
+        <v>96</v>
+      </c>
+      <c r="F511">
+        <v>115119</v>
+      </c>
+      <c r="G511">
+        <v>1</v>
+      </c>
+      <c r="H511" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512">
+        <v>715</v>
+      </c>
+      <c r="B512">
+        <v>113726</v>
+      </c>
+      <c r="C512" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D512" t="s">
+        <v>359</v>
+      </c>
+      <c r="E512" t="s">
+        <v>102</v>
+      </c>
+      <c r="F512">
+        <v>99238</v>
+      </c>
+      <c r="G512">
+        <v>1</v>
+      </c>
+      <c r="H512" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513">
+        <v>714</v>
+      </c>
+      <c r="B513">
+        <v>113726</v>
+      </c>
+      <c r="C513" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D513" t="s">
+        <v>359</v>
+      </c>
+      <c r="E513" t="s">
+        <v>360</v>
+      </c>
+      <c r="F513">
+        <v>59405</v>
+      </c>
+      <c r="G513">
+        <v>1</v>
+      </c>
+      <c r="H513" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514">
+        <v>713</v>
+      </c>
+      <c r="B514">
+        <v>113726</v>
+      </c>
+      <c r="C514" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D514" t="s">
+        <v>359</v>
+      </c>
+      <c r="E514" t="s">
+        <v>130</v>
+      </c>
+      <c r="F514">
+        <v>2726</v>
+      </c>
+      <c r="G514">
+        <v>1</v>
+      </c>
+      <c r="H514" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515">
+        <v>712</v>
+      </c>
+      <c r="B515">
+        <v>113726</v>
+      </c>
+      <c r="C515" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D515" t="s">
+        <v>359</v>
+      </c>
+      <c r="E515" t="s">
+        <v>270</v>
+      </c>
+      <c r="F515">
+        <v>113398</v>
+      </c>
+      <c r="G515">
+        <v>3</v>
+      </c>
+      <c r="H515" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516">
+        <v>720</v>
+      </c>
+      <c r="B516">
+        <v>113726</v>
+      </c>
+      <c r="C516" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D516" t="s">
+        <v>359</v>
+      </c>
+      <c r="E516" t="s">
+        <v>86</v>
+      </c>
+      <c r="F516">
+        <v>53582</v>
+      </c>
+      <c r="G516">
+        <v>2</v>
+      </c>
+      <c r="H516" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517">
+        <v>734</v>
+      </c>
+      <c r="B517">
+        <v>113726</v>
+      </c>
+      <c r="C517" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D517" t="s">
+        <v>359</v>
+      </c>
+      <c r="E517" t="s">
+        <v>46</v>
+      </c>
+      <c r="F517">
+        <v>63508</v>
+      </c>
+      <c r="G517">
+        <v>2</v>
+      </c>
+      <c r="H517" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518">
+        <v>733</v>
+      </c>
+      <c r="B518">
+        <v>113726</v>
+      </c>
+      <c r="C518" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D518" t="s">
+        <v>359</v>
+      </c>
+      <c r="E518" t="s">
+        <v>44</v>
+      </c>
+      <c r="F518">
+        <v>64169</v>
+      </c>
+      <c r="G518">
+        <v>1</v>
+      </c>
+      <c r="H518" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519">
+        <v>735</v>
+      </c>
+      <c r="B519">
+        <v>113726</v>
+      </c>
+      <c r="C519" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D519" t="s">
+        <v>359</v>
+      </c>
+      <c r="E519" t="s">
+        <v>235</v>
+      </c>
+      <c r="F519">
+        <v>162760</v>
+      </c>
+      <c r="G519">
+        <v>1</v>
+      </c>
+      <c r="H519" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520">
+        <v>1054</v>
+      </c>
+      <c r="B520">
+        <v>113726</v>
+      </c>
+      <c r="C520" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D520" t="s">
+        <v>359</v>
+      </c>
+      <c r="E520" t="s">
+        <v>36</v>
+      </c>
+      <c r="F520">
+        <v>73565</v>
+      </c>
+      <c r="G520">
+        <v>1</v>
+      </c>
+      <c r="H520" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521">
+        <v>1001</v>
+      </c>
+      <c r="B521">
+        <v>113726</v>
+      </c>
+      <c r="C521" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D521" t="s">
+        <v>359</v>
+      </c>
+      <c r="E521" t="s">
+        <v>22</v>
+      </c>
+      <c r="F521">
+        <v>70124</v>
+      </c>
+      <c r="G521">
+        <v>1</v>
+      </c>
+      <c r="H521" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522">
+        <v>743</v>
+      </c>
+      <c r="B522">
+        <v>113727</v>
+      </c>
+      <c r="C522" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D522" t="s">
+        <v>359</v>
+      </c>
+      <c r="E522" t="s">
+        <v>132</v>
+      </c>
+      <c r="F522">
+        <v>146146</v>
+      </c>
+      <c r="G522">
+        <v>1</v>
+      </c>
+      <c r="H522" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523">
+        <v>742</v>
+      </c>
+      <c r="B523">
+        <v>113726</v>
+      </c>
+      <c r="C523" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D523" t="s">
+        <v>359</v>
+      </c>
+      <c r="E523" t="s">
+        <v>106</v>
+      </c>
+      <c r="F523">
+        <v>106914</v>
+      </c>
+      <c r="G523">
+        <v>1</v>
+      </c>
+      <c r="H523" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524">
+        <v>741</v>
+      </c>
+      <c r="B524">
+        <v>113726</v>
+      </c>
+      <c r="C524" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D524" t="s">
+        <v>359</v>
+      </c>
+      <c r="E524" t="s">
+        <v>70</v>
+      </c>
+      <c r="F524">
+        <v>145027</v>
+      </c>
+      <c r="G524">
+        <v>1</v>
+      </c>
+      <c r="H524" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525">
+        <v>744</v>
+      </c>
+      <c r="B525">
+        <v>113727</v>
+      </c>
+      <c r="C525" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D525" t="s">
+        <v>359</v>
+      </c>
+      <c r="E525" t="s">
+        <v>144</v>
+      </c>
+      <c r="F525">
+        <v>78630</v>
+      </c>
+      <c r="G525">
+        <v>1</v>
+      </c>
+      <c r="H525" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526">
+        <v>739</v>
+      </c>
+      <c r="B526">
+        <v>113726</v>
+      </c>
+      <c r="C526" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D526" t="s">
+        <v>359</v>
+      </c>
+      <c r="E526" t="s">
+        <v>108</v>
+      </c>
+      <c r="F526">
+        <v>110090</v>
+      </c>
+      <c r="G526">
+        <v>1</v>
+      </c>
+      <c r="H526" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527">
+        <v>738</v>
+      </c>
+      <c r="B527">
+        <v>113726</v>
+      </c>
+      <c r="C527" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D527" t="s">
+        <v>359</v>
+      </c>
+      <c r="E527" t="s">
+        <v>286</v>
+      </c>
+      <c r="F527">
+        <v>74227</v>
+      </c>
+      <c r="G527">
+        <v>1</v>
+      </c>
+      <c r="H527" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528">
+        <v>737</v>
+      </c>
+      <c r="B528">
+        <v>113726</v>
+      </c>
+      <c r="C528" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D528" t="s">
+        <v>359</v>
+      </c>
+      <c r="E528" t="s">
+        <v>299</v>
+      </c>
+      <c r="F528">
+        <v>131793</v>
+      </c>
+      <c r="G528">
+        <v>1</v>
+      </c>
+      <c r="H528" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529">
+        <v>736</v>
+      </c>
+      <c r="B529">
+        <v>113726</v>
+      </c>
+      <c r="C529" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D529" t="s">
+        <v>359</v>
+      </c>
+      <c r="E529" t="s">
+        <v>362</v>
+      </c>
+      <c r="F529">
+        <v>172010</v>
+      </c>
+      <c r="G529">
+        <v>1</v>
+      </c>
+      <c r="H529" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530">
+        <v>740</v>
+      </c>
+      <c r="B530">
+        <v>113726</v>
+      </c>
+      <c r="C530" t="s" s="2">
+        <v>358</v>
+      </c>
+      <c r="D530" t="s">
+        <v>359</v>
+      </c>
+      <c r="E530" t="s">
+        <v>76</v>
+      </c>
+      <c r="F530">
+        <v>108767</v>
+      </c>
+      <c r="G530">
+        <v>1</v>
+      </c>
+      <c r="H530" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531">
+        <v>711</v>
+      </c>
+      <c r="B531">
+        <v>113631</v>
+      </c>
+      <c r="C531" t="s" s="2">
+        <v>364</v>
+      </c>
+      <c r="D531" t="s">
+        <v>365</v>
+      </c>
+      <c r="E531" t="s">
+        <v>366</v>
+      </c>
+      <c r="F531">
+        <v>95000</v>
+      </c>
+      <c r="G531">
+        <v>1</v>
+      </c>
+      <c r="H531"/>
+    </row>
+    <row r="532">
+      <c r="A532">
+        <v>705</v>
+      </c>
+      <c r="B532">
+        <v>112987</v>
+      </c>
+      <c r="C532" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D532" t="s">
+        <v>368</v>
+      </c>
+      <c r="E532" t="s">
+        <v>44</v>
+      </c>
+      <c r="F532">
+        <v>63987</v>
+      </c>
+      <c r="G532">
+        <v>1</v>
+      </c>
+      <c r="H532" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533">
+        <v>706</v>
+      </c>
+      <c r="B533">
+        <v>112987</v>
+      </c>
+      <c r="C533" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D533" t="s">
+        <v>368</v>
+      </c>
+      <c r="E533" t="s">
+        <v>120</v>
+      </c>
+      <c r="F533">
+        <v>51451</v>
+      </c>
+      <c r="G533">
+        <v>3</v>
+      </c>
+      <c r="H533" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534">
+        <v>707</v>
+      </c>
+      <c r="B534">
+        <v>112987</v>
+      </c>
+      <c r="C534" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D534" t="s">
+        <v>368</v>
+      </c>
+      <c r="E534" t="s">
+        <v>20</v>
+      </c>
+      <c r="F534">
+        <v>76523</v>
+      </c>
+      <c r="G534">
+        <v>2</v>
+      </c>
+      <c r="H534" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535">
+        <v>708</v>
+      </c>
+      <c r="B535">
+        <v>112987</v>
+      </c>
+      <c r="C535" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D535" t="s">
+        <v>368</v>
+      </c>
+      <c r="E535" t="s">
+        <v>22</v>
+      </c>
+      <c r="F535">
+        <v>69925</v>
+      </c>
+      <c r="G535">
+        <v>1</v>
+      </c>
+      <c r="H535" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536">
+        <v>709</v>
+      </c>
+      <c r="B536">
+        <v>112987</v>
+      </c>
+      <c r="C536" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D536" t="s">
+        <v>368</v>
+      </c>
+      <c r="E536" t="s">
+        <v>34</v>
+      </c>
+      <c r="F536">
+        <v>97637</v>
+      </c>
+      <c r="G536">
+        <v>1</v>
+      </c>
+      <c r="H536" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537">
+        <v>710</v>
+      </c>
+      <c r="B537">
+        <v>112987</v>
+      </c>
+      <c r="C537" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D537" t="s">
+        <v>368</v>
+      </c>
+      <c r="E537" t="s">
+        <v>104</v>
+      </c>
+      <c r="F537">
+        <v>88400</v>
+      </c>
+      <c r="G537">
+        <v>1</v>
+      </c>
+      <c r="H537" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538">
+        <v>702</v>
+      </c>
+      <c r="B538">
+        <v>112987</v>
+      </c>
+      <c r="C538" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D538" t="s">
+        <v>368</v>
+      </c>
+      <c r="E538" t="s">
+        <v>108</v>
+      </c>
+      <c r="F538">
+        <v>109777</v>
+      </c>
+      <c r="G538">
+        <v>1</v>
+      </c>
+      <c r="H538" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539">
+        <v>703</v>
+      </c>
+      <c r="B539">
+        <v>112987</v>
+      </c>
+      <c r="C539" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D539" t="s">
+        <v>368</v>
+      </c>
+      <c r="E539" t="s">
+        <v>76</v>
+      </c>
+      <c r="F539">
+        <v>114528</v>
+      </c>
+      <c r="G539">
+        <v>1</v>
+      </c>
+      <c r="H539" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540">
+        <v>700</v>
+      </c>
+      <c r="B540">
+        <v>112987</v>
+      </c>
+      <c r="C540" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D540" t="s">
+        <v>368</v>
+      </c>
+      <c r="E540" t="s">
+        <v>64</v>
+      </c>
+      <c r="F540">
+        <v>118619</v>
+      </c>
+      <c r="G540">
+        <v>1</v>
+      </c>
+      <c r="H540" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541">
+        <v>704</v>
+      </c>
+      <c r="B541">
+        <v>112987</v>
+      </c>
+      <c r="C541" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D541" t="s">
+        <v>368</v>
+      </c>
+      <c r="E541" t="s">
+        <v>288</v>
+      </c>
+      <c r="F541">
+        <v>108194</v>
+      </c>
+      <c r="G541">
+        <v>1</v>
+      </c>
+      <c r="H541" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542">
+        <v>701</v>
+      </c>
+      <c r="B542">
+        <v>112987</v>
+      </c>
+      <c r="C542" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D542" t="s">
+        <v>368</v>
+      </c>
+      <c r="E542" t="s">
+        <v>10</v>
+      </c>
+      <c r="F542">
+        <v>112944</v>
+      </c>
+      <c r="G542">
+        <v>2</v>
+      </c>
+      <c r="H542" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543">
+        <v>684</v>
+      </c>
+      <c r="B543">
+        <v>112986</v>
+      </c>
+      <c r="C543" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D543" t="s">
+        <v>369</v>
+      </c>
+      <c r="E543" t="s">
+        <v>370</v>
+      </c>
+      <c r="F543">
+        <v>244</v>
+      </c>
+      <c r="G543">
+        <v>2</v>
+      </c>
+      <c r="H543" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544">
+        <v>686</v>
+      </c>
+      <c r="B544">
+        <v>112986</v>
+      </c>
+      <c r="C544" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D544" t="s">
+        <v>369</v>
+      </c>
+      <c r="E544" t="s">
+        <v>372</v>
+      </c>
+      <c r="F544">
+        <v>195</v>
+      </c>
+      <c r="G544">
+        <v>4</v>
+      </c>
+      <c r="H544" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545">
+        <v>687</v>
+      </c>
+      <c r="B545">
+        <v>112986</v>
+      </c>
+      <c r="C545" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D545" t="s">
+        <v>369</v>
+      </c>
+      <c r="E545" t="s">
+        <v>374</v>
+      </c>
+      <c r="F545">
+        <v>1214</v>
+      </c>
+      <c r="G545">
+        <v>2</v>
+      </c>
+      <c r="H545" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546">
+        <v>688</v>
+      </c>
+      <c r="B546">
+        <v>112986</v>
+      </c>
+      <c r="C546" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D546" t="s">
+        <v>369</v>
+      </c>
+      <c r="E546" t="s">
+        <v>376</v>
+      </c>
+      <c r="F546">
+        <v>541</v>
+      </c>
+      <c r="G546">
+        <v>2</v>
+      </c>
+      <c r="H546" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547">
+        <v>689</v>
+      </c>
+      <c r="B547">
+        <v>112986</v>
+      </c>
+      <c r="C547" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D547" t="s">
+        <v>369</v>
+      </c>
+      <c r="E547" t="s">
+        <v>378</v>
+      </c>
+      <c r="F547">
+        <v>356</v>
+      </c>
+      <c r="G547">
+        <v>4</v>
+      </c>
+      <c r="H547" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548">
+        <v>685</v>
+      </c>
+      <c r="B548">
+        <v>112986</v>
+      </c>
+      <c r="C548" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D548" t="s">
+        <v>369</v>
+      </c>
+      <c r="E548" t="s">
+        <v>380</v>
+      </c>
+      <c r="F548">
+        <v>310</v>
+      </c>
+      <c r="G548">
+        <v>4</v>
+      </c>
+      <c r="H548" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549">
+        <v>683</v>
+      </c>
+      <c r="B549">
+        <v>112986</v>
+      </c>
+      <c r="C549" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D549" t="s">
+        <v>369</v>
+      </c>
+      <c r="E549" t="s">
+        <v>382</v>
+      </c>
+      <c r="F549">
+        <v>0</v>
+      </c>
+      <c r="G549">
+        <v>150</v>
+      </c>
+      <c r="H549" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550">
+        <v>682</v>
+      </c>
+      <c r="B550">
+        <v>112986</v>
+      </c>
+      <c r="C550" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D550" t="s">
+        <v>369</v>
+      </c>
+      <c r="E550" t="s">
+        <v>130</v>
+      </c>
+      <c r="F550">
+        <v>2718</v>
+      </c>
+      <c r="G550">
+        <v>1</v>
+      </c>
+      <c r="H550" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551">
+        <v>681</v>
+      </c>
+      <c r="B551">
+        <v>112986</v>
+      </c>
+      <c r="C551" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D551" t="s">
+        <v>369</v>
+      </c>
+      <c r="E551" t="s">
+        <v>160</v>
+      </c>
+      <c r="F551">
+        <v>10543</v>
+      </c>
+      <c r="G551">
+        <v>6</v>
+      </c>
+      <c r="H551" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552">
+        <v>680</v>
+      </c>
+      <c r="B552">
+        <v>112986</v>
+      </c>
+      <c r="C552" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D552" t="s">
+        <v>369</v>
+      </c>
+      <c r="E552" t="s">
+        <v>158</v>
+      </c>
+      <c r="F552">
+        <v>7231</v>
+      </c>
+      <c r="G552">
+        <v>6</v>
+      </c>
+      <c r="H552" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553">
+        <v>679</v>
+      </c>
+      <c r="B553">
+        <v>112986</v>
+      </c>
+      <c r="C553" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D553" t="s">
+        <v>369</v>
+      </c>
+      <c r="E553" t="s">
+        <v>156</v>
+      </c>
+      <c r="F553">
+        <v>9883</v>
+      </c>
+      <c r="G553">
+        <v>3</v>
+      </c>
+      <c r="H553" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554">
+        <v>678</v>
+      </c>
+      <c r="B554">
+        <v>112986</v>
+      </c>
+      <c r="C554" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D554" t="s">
+        <v>369</v>
+      </c>
+      <c r="E554" t="s">
+        <v>154</v>
+      </c>
+      <c r="F554">
+        <v>4869</v>
+      </c>
+      <c r="G554">
+        <v>3</v>
+      </c>
+      <c r="H554" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555">
+        <v>677</v>
+      </c>
+      <c r="B555">
+        <v>112986</v>
+      </c>
+      <c r="C555" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D555" t="s">
+        <v>369</v>
+      </c>
+      <c r="E555" t="s">
+        <v>150</v>
+      </c>
+      <c r="F555">
+        <v>1702</v>
+      </c>
+      <c r="G555">
+        <v>6</v>
+      </c>
+      <c r="H555" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556">
+        <v>676</v>
+      </c>
+      <c r="B556">
+        <v>112985</v>
+      </c>
+      <c r="C556" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D556" t="s">
+        <v>369</v>
+      </c>
+      <c r="E556" t="s">
+        <v>384</v>
+      </c>
+      <c r="F556">
+        <v>166256</v>
+      </c>
+      <c r="G556">
+        <v>1</v>
+      </c>
+      <c r="H556" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557">
+        <v>675</v>
+      </c>
+      <c r="B557">
+        <v>112985</v>
+      </c>
+      <c r="C557" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D557" t="s">
+        <v>369</v>
+      </c>
+      <c r="E557" t="s">
+        <v>321</v>
+      </c>
+      <c r="F557">
+        <v>22420</v>
+      </c>
+      <c r="G557">
+        <v>1</v>
+      </c>
+      <c r="H557" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558">
+        <v>690</v>
+      </c>
+      <c r="B558">
+        <v>112986</v>
+      </c>
+      <c r="C558" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D558" t="s">
+        <v>369</v>
+      </c>
+      <c r="E558" t="s">
+        <v>292</v>
+      </c>
+      <c r="F558">
+        <v>409</v>
+      </c>
+      <c r="G558">
+        <v>2</v>
+      </c>
+      <c r="H558" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559">
+        <v>691</v>
+      </c>
+      <c r="B559">
+        <v>112986</v>
+      </c>
+      <c r="C559" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D559" t="s">
+        <v>369</v>
+      </c>
+      <c r="E559" t="s">
+        <v>294</v>
+      </c>
+      <c r="F559">
+        <v>646</v>
+      </c>
+      <c r="G559">
+        <v>2</v>
+      </c>
+      <c r="H559" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560">
+        <v>692</v>
+      </c>
+      <c r="B560">
+        <v>112986</v>
+      </c>
+      <c r="C560" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D560" t="s">
+        <v>369</v>
+      </c>
+      <c r="E560" t="s">
+        <v>252</v>
+      </c>
+      <c r="F560">
+        <v>7218</v>
+      </c>
+      <c r="G560">
+        <v>3</v>
+      </c>
+      <c r="H560" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561">
+        <v>693</v>
+      </c>
+      <c r="B561">
+        <v>112986</v>
+      </c>
+      <c r="C561" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D561" t="s">
+        <v>369</v>
+      </c>
+      <c r="E561" t="s">
+        <v>349</v>
+      </c>
+      <c r="F561">
+        <v>5225</v>
+      </c>
+      <c r="G561">
+        <v>3</v>
+      </c>
+      <c r="H561" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562">
+        <v>694</v>
+      </c>
+      <c r="B562">
+        <v>112986</v>
+      </c>
+      <c r="C562" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D562" t="s">
+        <v>369</v>
+      </c>
+      <c r="E562" t="s">
+        <v>240</v>
+      </c>
+      <c r="F562">
+        <v>6413</v>
+      </c>
+      <c r="G562">
+        <v>3</v>
+      </c>
+      <c r="H562" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563">
+        <v>695</v>
+      </c>
+      <c r="B563">
+        <v>112986</v>
+      </c>
+      <c r="C563" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D563" t="s">
+        <v>369</v>
+      </c>
+      <c r="E563" t="s">
+        <v>333</v>
+      </c>
+      <c r="F563">
+        <v>2494</v>
+      </c>
+      <c r="G563">
+        <v>2</v>
+      </c>
+      <c r="H563" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564">
+        <v>696</v>
+      </c>
+      <c r="B564">
+        <v>112986</v>
+      </c>
+      <c r="C564" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D564" t="s">
+        <v>369</v>
+      </c>
+      <c r="E564" t="s">
+        <v>335</v>
+      </c>
+      <c r="F564">
+        <v>1834</v>
+      </c>
+      <c r="G564">
+        <v>3</v>
+      </c>
+      <c r="H564" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565">
+        <v>697</v>
+      </c>
+      <c r="B565">
+        <v>112986</v>
+      </c>
+      <c r="C565" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D565" t="s">
+        <v>369</v>
+      </c>
+      <c r="E565" t="s">
+        <v>349</v>
+      </c>
+      <c r="F565">
+        <v>5225</v>
+      </c>
+      <c r="G565">
+        <v>3</v>
+      </c>
+      <c r="H565" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566">
+        <v>698</v>
+      </c>
+      <c r="B566">
+        <v>112986</v>
+      </c>
+      <c r="C566" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D566" t="s">
+        <v>369</v>
+      </c>
+      <c r="E566" t="s">
+        <v>186</v>
+      </c>
+      <c r="F566">
+        <v>2309</v>
+      </c>
+      <c r="G566">
+        <v>3</v>
+      </c>
+      <c r="H566" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567">
+        <v>699</v>
+      </c>
+      <c r="B567">
+        <v>112986</v>
+      </c>
+      <c r="C567" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D567" t="s">
+        <v>369</v>
+      </c>
+      <c r="E567" t="s">
+        <v>248</v>
+      </c>
+      <c r="F567">
+        <v>5093</v>
+      </c>
+      <c r="G567">
+        <v>3</v>
+      </c>
+      <c r="H567" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568">
+        <v>666</v>
+      </c>
+      <c r="B568">
+        <v>112984</v>
+      </c>
+      <c r="C568" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D568" t="s">
+        <v>386</v>
+      </c>
+      <c r="E568" t="s">
+        <v>86</v>
+      </c>
+      <c r="F568">
+        <v>54090</v>
+      </c>
+      <c r="G568">
+        <v>2</v>
+      </c>
+      <c r="H568" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569">
+        <v>665</v>
+      </c>
+      <c r="B569">
+        <v>112984</v>
+      </c>
+      <c r="C569" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D569" t="s">
+        <v>386</v>
+      </c>
+      <c r="E569" t="s">
+        <v>36</v>
+      </c>
+      <c r="F569">
+        <v>76259</v>
+      </c>
+      <c r="G569">
+        <v>2</v>
+      </c>
+      <c r="H569" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570">
+        <v>664</v>
+      </c>
+      <c r="B570">
+        <v>112984</v>
+      </c>
+      <c r="C570" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D570" t="s">
+        <v>386</v>
+      </c>
+      <c r="E570" t="s">
+        <v>96</v>
+      </c>
+      <c r="F570">
+        <v>114792</v>
+      </c>
+      <c r="G570">
+        <v>1</v>
+      </c>
+      <c r="H570" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571">
+        <v>663</v>
+      </c>
+      <c r="B571">
+        <v>112984</v>
+      </c>
+      <c r="C571" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D571" t="s">
+        <v>386</v>
+      </c>
+      <c r="E571" t="s">
+        <v>288</v>
+      </c>
+      <c r="F571">
+        <v>108194</v>
+      </c>
+      <c r="G571">
+        <v>1</v>
+      </c>
+      <c r="H571" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572">
+        <v>662</v>
+      </c>
+      <c r="B572">
+        <v>112984</v>
+      </c>
+      <c r="C572" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D572" t="s">
+        <v>386</v>
+      </c>
+      <c r="E572" t="s">
+        <v>233</v>
+      </c>
+      <c r="F572">
+        <v>80350</v>
+      </c>
+      <c r="G572">
+        <v>1</v>
+      </c>
+      <c r="H572" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573">
+        <v>661</v>
+      </c>
+      <c r="B573">
+        <v>112984</v>
+      </c>
+      <c r="C573" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D573" t="s">
+        <v>386</v>
+      </c>
+      <c r="E573" t="s">
+        <v>124</v>
+      </c>
+      <c r="F573">
+        <v>76510</v>
+      </c>
+      <c r="G573">
+        <v>1</v>
+      </c>
+      <c r="H573" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574">
+        <v>660</v>
+      </c>
+      <c r="B574">
+        <v>112984</v>
+      </c>
+      <c r="C574" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D574" t="s">
+        <v>386</v>
+      </c>
+      <c r="E574" t="s">
+        <v>387</v>
+      </c>
+      <c r="F574">
+        <v>105423</v>
+      </c>
+      <c r="G574">
+        <v>1</v>
+      </c>
+      <c r="H574" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575">
+        <v>657</v>
+      </c>
+      <c r="B575">
+        <v>112984</v>
+      </c>
+      <c r="C575" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D575" t="s">
+        <v>386</v>
+      </c>
+      <c r="E575" t="s">
+        <v>362</v>
+      </c>
+      <c r="F575">
+        <v>171521</v>
+      </c>
+      <c r="G575">
+        <v>2</v>
+      </c>
+      <c r="H575" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576">
+        <v>658</v>
+      </c>
+      <c r="B576">
+        <v>112984</v>
+      </c>
+      <c r="C576" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D576" t="s">
+        <v>386</v>
+      </c>
+      <c r="E576" t="s">
+        <v>10</v>
+      </c>
+      <c r="F576">
+        <v>113208</v>
+      </c>
+      <c r="G576">
+        <v>3</v>
+      </c>
+      <c r="H576" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577">
+        <v>667</v>
+      </c>
+      <c r="B577">
+        <v>112984</v>
+      </c>
+      <c r="C577" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D577" t="s">
+        <v>386</v>
+      </c>
+      <c r="E577" t="s">
+        <v>30</v>
+      </c>
+      <c r="F577">
+        <v>53694</v>
+      </c>
+      <c r="G577">
+        <v>1</v>
+      </c>
+      <c r="H577" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578">
+        <v>656</v>
+      </c>
+      <c r="B578">
+        <v>112984</v>
+      </c>
+      <c r="C578" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D578" t="s">
+        <v>386</v>
+      </c>
+      <c r="E578" t="s">
+        <v>206</v>
+      </c>
+      <c r="F578">
+        <v>107006</v>
+      </c>
+      <c r="G578">
+        <v>1</v>
+      </c>
+      <c r="H578" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579">
+        <v>655</v>
+      </c>
+      <c r="B579">
+        <v>112984</v>
+      </c>
+      <c r="C579" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D579" t="s">
+        <v>386</v>
+      </c>
+      <c r="E579" t="s">
+        <v>316</v>
+      </c>
+      <c r="F579">
+        <v>149233</v>
+      </c>
+      <c r="G579">
+        <v>1</v>
+      </c>
+      <c r="H579" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580">
+        <v>654</v>
+      </c>
+      <c r="B580">
+        <v>112984</v>
+      </c>
+      <c r="C580" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D580" t="s">
+        <v>386</v>
+      </c>
+      <c r="E580" t="s">
+        <v>200</v>
+      </c>
+      <c r="F580">
+        <v>109513</v>
+      </c>
+      <c r="G580">
+        <v>1</v>
+      </c>
+      <c r="H580" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581">
+        <v>653</v>
+      </c>
+      <c r="B581">
+        <v>112984</v>
+      </c>
+      <c r="C581" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D581" t="s">
+        <v>386</v>
+      </c>
+      <c r="E581" t="s">
+        <v>44</v>
+      </c>
+      <c r="F581">
+        <v>63987</v>
+      </c>
+      <c r="G581">
+        <v>1</v>
+      </c>
+      <c r="H581" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582">
+        <v>659</v>
+      </c>
+      <c r="B582">
+        <v>112984</v>
+      </c>
+      <c r="C582" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D582" t="s">
+        <v>386</v>
+      </c>
+      <c r="E582" t="s">
+        <v>270</v>
+      </c>
+      <c r="F582">
+        <v>112548</v>
+      </c>
+      <c r="G582">
+        <v>2</v>
+      </c>
+      <c r="H582" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583">
+        <v>668</v>
+      </c>
+      <c r="B583">
+        <v>112984</v>
+      </c>
+      <c r="C583" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D583" t="s">
+        <v>386</v>
+      </c>
+      <c r="E583" t="s">
+        <v>104</v>
+      </c>
+      <c r="F583">
+        <v>88400</v>
+      </c>
+      <c r="G583">
+        <v>2</v>
+      </c>
+      <c r="H583" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584">
+        <v>671</v>
+      </c>
+      <c r="B584">
+        <v>112984</v>
+      </c>
+      <c r="C584" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D584" t="s">
+        <v>386</v>
+      </c>
+      <c r="E584" t="s">
+        <v>22</v>
+      </c>
+      <c r="F584">
+        <v>71245</v>
+      </c>
+      <c r="G584">
+        <v>2</v>
+      </c>
+      <c r="H584" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585">
+        <v>670</v>
+      </c>
+      <c r="B585">
+        <v>112984</v>
+      </c>
+      <c r="C585" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D585" t="s">
+        <v>386</v>
+      </c>
+      <c r="E585" t="s">
+        <v>118</v>
+      </c>
+      <c r="F585">
+        <v>85760</v>
+      </c>
+      <c r="G585">
+        <v>1</v>
+      </c>
+      <c r="H585" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586">
+        <v>652</v>
+      </c>
+      <c r="B586">
+        <v>112984</v>
+      </c>
+      <c r="C586" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D586" t="s">
+        <v>386</v>
+      </c>
+      <c r="E586" t="s">
+        <v>40</v>
+      </c>
+      <c r="F586">
+        <v>58709</v>
+      </c>
+      <c r="G586">
+        <v>1</v>
+      </c>
+      <c r="H586" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587">
+        <v>672</v>
+      </c>
+      <c r="B587">
+        <v>112984</v>
+      </c>
+      <c r="C587" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D587" t="s">
+        <v>386</v>
+      </c>
+      <c r="E587" t="s">
+        <v>32</v>
+      </c>
+      <c r="F587">
+        <v>94998</v>
+      </c>
+      <c r="G587">
+        <v>1</v>
+      </c>
+      <c r="H587" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588">
+        <v>673</v>
+      </c>
+      <c r="B588">
+        <v>112984</v>
+      </c>
+      <c r="C588" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D588" t="s">
+        <v>386</v>
+      </c>
+      <c r="E588" t="s">
+        <v>68</v>
+      </c>
+      <c r="F588">
+        <v>127988</v>
+      </c>
+      <c r="G588">
+        <v>1</v>
+      </c>
+      <c r="H588" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589">
+        <v>674</v>
+      </c>
+      <c r="B589">
+        <v>112984</v>
+      </c>
+      <c r="C589" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D589" t="s">
+        <v>386</v>
+      </c>
+      <c r="E589" t="s">
+        <v>34</v>
+      </c>
+      <c r="F589">
+        <v>97637</v>
+      </c>
+      <c r="G589">
+        <v>2</v>
+      </c>
+      <c r="H589" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590">
+        <v>669</v>
+      </c>
+      <c r="B590">
+        <v>112984</v>
+      </c>
+      <c r="C590" t="s" s="2">
+        <v>367</v>
+      </c>
+      <c r="D590" t="s">
+        <v>386</v>
+      </c>
+      <c r="E590" t="s">
+        <v>20</v>
+      </c>
+      <c r="F590">
+        <v>76523</v>
+      </c>
+      <c r="G590">
+        <v>3</v>
+      </c>
+      <c r="H590" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591">
+        <v>646</v>
+      </c>
+      <c r="B591">
+        <v>111998</v>
+      </c>
+      <c r="C591" t="s" s="2">
+        <v>389</v>
+      </c>
+      <c r="D591" t="s">
+        <v>390</v>
+      </c>
+      <c r="E591" t="s">
+        <v>86</v>
+      </c>
+      <c r="F591">
+        <v>55582</v>
+      </c>
+      <c r="G591">
+        <v>20</v>
+      </c>
+      <c r="H591" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592">
+        <v>630</v>
+      </c>
+      <c r="B592">
+        <v>111636</v>
+      </c>
+      <c r="C592" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D592" t="s">
+        <v>392</v>
+      </c>
+      <c r="E592" t="s">
+        <v>104</v>
+      </c>
+      <c r="F592">
+        <v>86030</v>
+      </c>
+      <c r="G592">
+        <v>2</v>
+      </c>
+      <c r="H592" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593">
+        <v>631</v>
+      </c>
+      <c r="B593">
+        <v>111636</v>
+      </c>
+      <c r="C593" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D593" t="s">
+        <v>392</v>
+      </c>
+      <c r="E593" t="s">
+        <v>20</v>
+      </c>
+      <c r="F593">
+        <v>75601</v>
+      </c>
+      <c r="G593">
+        <v>7</v>
+      </c>
+      <c r="H593" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594">
+        <v>632</v>
+      </c>
+      <c r="B594">
+        <v>111636</v>
+      </c>
+      <c r="C594" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D594" t="s">
+        <v>392</v>
+      </c>
+      <c r="E594" t="s">
+        <v>118</v>
+      </c>
+      <c r="F594">
+        <v>84727</v>
+      </c>
+      <c r="G594">
+        <v>2</v>
+      </c>
+      <c r="H594" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595">
+        <v>633</v>
+      </c>
+      <c r="B595">
+        <v>111636</v>
+      </c>
+      <c r="C595" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D595" t="s">
+        <v>392</v>
+      </c>
+      <c r="E595" t="s">
+        <v>34</v>
+      </c>
+      <c r="F595">
+        <v>96460</v>
+      </c>
+      <c r="G595">
+        <v>1</v>
+      </c>
+      <c r="H595" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596">
+        <v>634</v>
+      </c>
+      <c r="B596">
+        <v>111636</v>
+      </c>
+      <c r="C596" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D596" t="s">
+        <v>392</v>
+      </c>
+      <c r="E596" t="s">
+        <v>393</v>
+      </c>
+      <c r="F596">
+        <v>87269</v>
+      </c>
+      <c r="G596">
+        <v>1</v>
+      </c>
+      <c r="H596" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597">
+        <v>635</v>
+      </c>
+      <c r="B597">
+        <v>111636</v>
+      </c>
+      <c r="C597" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D597" t="s">
+        <v>392</v>
+      </c>
+      <c r="E597" t="s">
+        <v>235</v>
+      </c>
+      <c r="F597">
+        <v>160341</v>
+      </c>
+      <c r="G597">
+        <v>1</v>
+      </c>
+      <c r="H597" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598">
+        <v>636</v>
+      </c>
+      <c r="B598">
+        <v>111636</v>
+      </c>
+      <c r="C598" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D598" t="s">
+        <v>392</v>
+      </c>
+      <c r="E598" t="s">
+        <v>356</v>
+      </c>
+      <c r="F598">
+        <v>110800</v>
+      </c>
+      <c r="G598">
+        <v>1</v>
+      </c>
+      <c r="H598" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599">
+        <v>637</v>
+      </c>
+      <c r="B599">
+        <v>111636</v>
+      </c>
+      <c r="C599" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D599" t="s">
+        <v>392</v>
+      </c>
+      <c r="E599" t="s">
+        <v>30</v>
+      </c>
+      <c r="F599">
+        <v>53438</v>
+      </c>
+      <c r="G599">
+        <v>1</v>
+      </c>
+      <c r="H599" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600">
+        <v>629</v>
+      </c>
+      <c r="B600">
+        <v>111636</v>
+      </c>
+      <c r="C600" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D600" t="s">
+        <v>392</v>
+      </c>
+      <c r="E600" t="s">
+        <v>214</v>
+      </c>
+      <c r="F600">
+        <v>101675</v>
+      </c>
+      <c r="G600">
+        <v>1</v>
+      </c>
+      <c r="H600" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601">
+        <v>620</v>
+      </c>
+      <c r="B601">
+        <v>111636</v>
+      </c>
+      <c r="C601" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D601" t="s">
+        <v>392</v>
+      </c>
+      <c r="E601" t="s">
+        <v>10</v>
+      </c>
+      <c r="F601">
+        <v>111583</v>
+      </c>
+      <c r="G601">
+        <v>4</v>
+      </c>
+      <c r="H601" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602">
+        <v>627</v>
+      </c>
+      <c r="B602">
+        <v>111636</v>
+      </c>
+      <c r="C602" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D602" t="s">
+        <v>392</v>
+      </c>
+      <c r="E602" t="s">
+        <v>288</v>
+      </c>
+      <c r="F602">
+        <v>108193</v>
+      </c>
+      <c r="G602">
+        <v>1</v>
+      </c>
+      <c r="H602" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603">
+        <v>626</v>
+      </c>
+      <c r="B603">
+        <v>111636</v>
+      </c>
+      <c r="C603" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D603" t="s">
+        <v>392</v>
+      </c>
+      <c r="E603" t="s">
+        <v>46</v>
+      </c>
+      <c r="F603">
+        <v>62564</v>
+      </c>
+      <c r="G603">
+        <v>1</v>
+      </c>
+      <c r="H603" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604">
+        <v>624</v>
+      </c>
+      <c r="B604">
+        <v>111636</v>
+      </c>
+      <c r="C604" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D604" t="s">
+        <v>392</v>
+      </c>
+      <c r="E604" t="s">
+        <v>40</v>
+      </c>
+      <c r="F604">
+        <v>58001</v>
+      </c>
+      <c r="G604">
+        <v>2</v>
+      </c>
+      <c r="H604" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605">
+        <v>623</v>
+      </c>
+      <c r="B605">
+        <v>111636</v>
+      </c>
+      <c r="C605" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D605" t="s">
+        <v>392</v>
+      </c>
+      <c r="E605" t="s">
+        <v>395</v>
+      </c>
+      <c r="F605">
+        <v>127501</v>
+      </c>
+      <c r="G605">
+        <v>1</v>
+      </c>
+      <c r="H605" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606">
+        <v>622</v>
+      </c>
+      <c r="B606">
+        <v>111636</v>
+      </c>
+      <c r="C606" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D606" t="s">
+        <v>392</v>
+      </c>
+      <c r="E606" t="s">
+        <v>397</v>
+      </c>
+      <c r="F606">
+        <v>97711</v>
+      </c>
+      <c r="G606">
+        <v>1</v>
+      </c>
+      <c r="H606" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607">
+        <v>621</v>
+      </c>
+      <c r="B607">
+        <v>111636</v>
+      </c>
+      <c r="C607" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D607" t="s">
+        <v>392</v>
+      </c>
+      <c r="E607" t="s">
+        <v>399</v>
+      </c>
+      <c r="F607">
+        <v>106889</v>
+      </c>
+      <c r="G607">
+        <v>1</v>
+      </c>
+      <c r="H607" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608">
+        <v>619</v>
+      </c>
+      <c r="B608">
+        <v>111636</v>
+      </c>
+      <c r="C608" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D608" t="s">
+        <v>392</v>
+      </c>
+      <c r="E608" t="s">
+        <v>221</v>
+      </c>
+      <c r="F608">
+        <v>98676</v>
+      </c>
+      <c r="G608">
+        <v>2</v>
+      </c>
+      <c r="H608" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609">
+        <v>618</v>
+      </c>
+      <c r="B609">
+        <v>111636</v>
+      </c>
+      <c r="C609" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D609" t="s">
+        <v>392</v>
+      </c>
+      <c r="E609" t="s">
+        <v>270</v>
+      </c>
+      <c r="F609">
+        <v>111713</v>
+      </c>
+      <c r="G609">
+        <v>3</v>
+      </c>
+      <c r="H609" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610">
+        <v>638</v>
+      </c>
+      <c r="B610">
+        <v>111636</v>
+      </c>
+      <c r="C610" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D610" t="s">
+        <v>392</v>
+      </c>
+      <c r="E610" t="s">
+        <v>120</v>
+      </c>
+      <c r="F610">
+        <v>50831</v>
+      </c>
+      <c r="G610">
+        <v>1</v>
+      </c>
+      <c r="H610" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611">
+        <v>628</v>
+      </c>
+      <c r="B611">
+        <v>111636</v>
+      </c>
+      <c r="C611" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D611" t="s">
+        <v>392</v>
+      </c>
+      <c r="E611" t="s">
+        <v>86</v>
+      </c>
+      <c r="F611">
+        <v>55654</v>
+      </c>
+      <c r="G611">
+        <v>1</v>
+      </c>
+      <c r="H611" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612">
+        <v>639</v>
+      </c>
+      <c r="B612">
+        <v>111636</v>
+      </c>
+      <c r="C612" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D612" t="s">
+        <v>392</v>
+      </c>
+      <c r="E612" t="s">
+        <v>158</v>
+      </c>
+      <c r="F612">
+        <v>6635</v>
+      </c>
+      <c r="G612">
+        <v>4</v>
+      </c>
+      <c r="H612" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613">
+        <v>625</v>
+      </c>
+      <c r="B613">
+        <v>111636</v>
+      </c>
+      <c r="C613" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D613" t="s">
+        <v>392</v>
+      </c>
+      <c r="E613" t="s">
+        <v>44</v>
+      </c>
+      <c r="F613">
+        <v>63216</v>
+      </c>
+      <c r="G613">
+        <v>6</v>
+      </c>
+      <c r="H613" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614">
+        <v>641</v>
+      </c>
+      <c r="B614">
+        <v>111636</v>
+      </c>
+      <c r="C614" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D614" t="s">
+        <v>392</v>
+      </c>
+      <c r="E614" t="s">
+        <v>401</v>
+      </c>
+      <c r="F614">
+        <v>104282</v>
+      </c>
+      <c r="G614">
+        <v>1</v>
+      </c>
+      <c r="H614" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615">
+        <v>642</v>
+      </c>
+      <c r="B615">
+        <v>111636</v>
+      </c>
+      <c r="C615" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D615" t="s">
+        <v>392</v>
+      </c>
+      <c r="E615" t="s">
+        <v>14</v>
+      </c>
+      <c r="F615">
+        <v>108193</v>
+      </c>
+      <c r="G615">
+        <v>1</v>
+      </c>
+      <c r="H615" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616">
+        <v>643</v>
+      </c>
+      <c r="B616">
+        <v>111636</v>
+      </c>
+      <c r="C616" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D616" t="s">
+        <v>392</v>
+      </c>
+      <c r="E616" t="s">
+        <v>62</v>
+      </c>
+      <c r="F616">
+        <v>80294</v>
+      </c>
+      <c r="G616">
+        <v>1</v>
+      </c>
+      <c r="H616" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617">
+        <v>644</v>
+      </c>
+      <c r="B617">
+        <v>111636</v>
+      </c>
+      <c r="C617" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D617" t="s">
+        <v>392</v>
+      </c>
+      <c r="E617" t="s">
+        <v>354</v>
+      </c>
+      <c r="F617">
+        <v>76253</v>
+      </c>
+      <c r="G617">
+        <v>1</v>
+      </c>
+      <c r="H617" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618">
+        <v>645</v>
+      </c>
+      <c r="B618">
+        <v>111636</v>
+      </c>
+      <c r="C618" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D618" t="s">
+        <v>392</v>
+      </c>
+      <c r="E618" t="s">
+        <v>60</v>
+      </c>
+      <c r="F618">
+        <v>77556</v>
+      </c>
+      <c r="G618">
+        <v>1</v>
+      </c>
+      <c r="H618" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619">
+        <v>640</v>
+      </c>
+      <c r="B619">
+        <v>111636</v>
+      </c>
+      <c r="C619" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D619" t="s">
+        <v>392</v>
+      </c>
+      <c r="E619" t="s">
+        <v>28</v>
+      </c>
+      <c r="F619">
+        <v>44312</v>
+      </c>
+      <c r="G619">
+        <v>1</v>
+      </c>
+      <c r="H619" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620">
+        <v>750</v>
+      </c>
+      <c r="B620">
+        <v>111636</v>
+      </c>
+      <c r="C620" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D620" t="s">
+        <v>392</v>
+      </c>
+      <c r="E620" t="s">
+        <v>20</v>
+      </c>
+      <c r="F620">
+        <v>75601</v>
+      </c>
+      <c r="G620">
+        <v>1</v>
+      </c>
+      <c r="H620" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621">
+        <v>749</v>
+      </c>
+      <c r="B621">
+        <v>111636</v>
+      </c>
+      <c r="C621" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D621" t="s">
+        <v>392</v>
+      </c>
+      <c r="E621" t="s">
+        <v>10</v>
+      </c>
+      <c r="F621">
+        <v>111583</v>
+      </c>
+      <c r="G621">
+        <v>2</v>
+      </c>
+      <c r="H621" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622">
+        <v>616</v>
+      </c>
+      <c r="B622">
+        <v>111634</v>
+      </c>
+      <c r="C622" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D622" t="s">
+        <v>403</v>
+      </c>
+      <c r="E622" t="s">
+        <v>138</v>
+      </c>
+      <c r="F622">
+        <v>91738</v>
+      </c>
+      <c r="G622">
+        <v>1</v>
+      </c>
+      <c r="H622" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623">
+        <v>617</v>
+      </c>
+      <c r="B623">
+        <v>111634</v>
+      </c>
+      <c r="C623" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D623" t="s">
+        <v>403</v>
+      </c>
+      <c r="E623" t="s">
+        <v>136</v>
+      </c>
+      <c r="F623">
+        <v>152032</v>
+      </c>
+      <c r="G623">
+        <v>1</v>
+      </c>
+      <c r="H623" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624">
+        <v>615</v>
+      </c>
+      <c r="B624">
+        <v>111634</v>
+      </c>
+      <c r="C624" t="s" s="2">
+        <v>391</v>
+      </c>
+      <c r="D624" t="s">
+        <v>403</v>
+      </c>
+      <c r="E624" t="s">
+        <v>321</v>
+      </c>
+      <c r="F624">
+        <v>22269</v>
+      </c>
+      <c r="G624">
+        <v>1</v>
+      </c>
+      <c r="H624" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625">
+        <v>613</v>
+      </c>
+      <c r="B625">
+        <v>111510</v>
+      </c>
+      <c r="C625" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D625" t="s">
+        <v>405</v>
+      </c>
+      <c r="E625" t="s">
+        <v>20</v>
+      </c>
+      <c r="F625">
+        <v>75456</v>
+      </c>
+      <c r="G625">
+        <v>1</v>
+      </c>
+      <c r="H625" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626">
+        <v>1055</v>
+      </c>
+      <c r="B626">
+        <v>111510</v>
+      </c>
+      <c r="C626" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D626" t="s">
+        <v>405</v>
+      </c>
+      <c r="E626" t="s">
+        <v>20</v>
+      </c>
+      <c r="F626">
+        <v>75456</v>
+      </c>
+      <c r="G626">
+        <v>2</v>
+      </c>
+      <c r="H626" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627">
+        <v>612</v>
+      </c>
+      <c r="B627">
+        <v>111510</v>
+      </c>
+      <c r="C627" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D627" t="s">
+        <v>405</v>
+      </c>
+      <c r="E627" t="s">
+        <v>34</v>
+      </c>
+      <c r="F627">
+        <v>96275</v>
+      </c>
+      <c r="G627">
+        <v>1</v>
+      </c>
+      <c r="H627" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628">
+        <v>611</v>
+      </c>
+      <c r="B628">
+        <v>111510</v>
+      </c>
+      <c r="C628" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D628" t="s">
+        <v>405</v>
+      </c>
+      <c r="E628" t="s">
+        <v>104</v>
+      </c>
+      <c r="F628">
+        <v>87108</v>
+      </c>
+      <c r="G628">
+        <v>1</v>
+      </c>
+      <c r="H628" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629">
+        <v>614</v>
+      </c>
+      <c r="B629">
+        <v>111510</v>
+      </c>
+      <c r="C629" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D629" t="s">
+        <v>405</v>
+      </c>
+      <c r="E629" t="s">
+        <v>10</v>
+      </c>
+      <c r="F629">
+        <v>109658</v>
+      </c>
+      <c r="G629">
+        <v>2</v>
+      </c>
+      <c r="H629" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630">
+        <v>609</v>
+      </c>
+      <c r="B630">
+        <v>111510</v>
+      </c>
+      <c r="C630" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D630" t="s">
+        <v>405</v>
+      </c>
+      <c r="E630" t="s">
+        <v>22</v>
+      </c>
+      <c r="F630">
+        <v>69444</v>
+      </c>
+      <c r="G630">
+        <v>1</v>
+      </c>
+      <c r="H630" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631">
+        <v>610</v>
+      </c>
+      <c r="B631">
+        <v>111510</v>
+      </c>
+      <c r="C631" t="s" s="2">
+        <v>404</v>
+      </c>
+      <c r="D631" t="s">
+        <v>405</v>
+      </c>
+      <c r="E631" t="s">
+        <v>116</v>
+      </c>
+      <c r="F631">
+        <v>75011</v>
+      </c>
+      <c r="G631">
+        <v>1</v>
+      </c>
+      <c r="H631" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632">
+        <v>607</v>
+      </c>
+      <c r="B632">
+        <v>111073</v>
+      </c>
+      <c r="C632" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D632" t="s">
+        <v>407</v>
+      </c>
+      <c r="E632" t="s">
+        <v>22</v>
+      </c>
+      <c r="F632">
+        <v>70417</v>
+      </c>
+      <c r="G632">
+        <v>2</v>
+      </c>
+      <c r="H632" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633">
+        <v>606</v>
+      </c>
+      <c r="B633">
+        <v>111073</v>
+      </c>
+      <c r="C633" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D633" t="s">
+        <v>407</v>
+      </c>
+      <c r="E633" t="s">
+        <v>122</v>
+      </c>
+      <c r="F633">
+        <v>86347</v>
+      </c>
+      <c r="G633">
+        <v>1</v>
+      </c>
+      <c r="H633" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634">
+        <v>605</v>
+      </c>
+      <c r="B634">
+        <v>111073</v>
+      </c>
+      <c r="C634" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D634" t="s">
+        <v>407</v>
+      </c>
+      <c r="E634" t="s">
+        <v>38</v>
+      </c>
+      <c r="F634">
+        <v>65924</v>
+      </c>
+      <c r="G634">
+        <v>2</v>
+      </c>
+      <c r="H634" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635">
+        <v>604</v>
+      </c>
+      <c r="B635">
+        <v>111073</v>
+      </c>
+      <c r="C635" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D635" t="s">
+        <v>407</v>
+      </c>
+      <c r="E635" t="s">
+        <v>120</v>
+      </c>
+      <c r="F635">
+        <v>54293</v>
+      </c>
+      <c r="G635">
+        <v>2</v>
+      </c>
+      <c r="H635" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636">
+        <v>603</v>
+      </c>
+      <c r="B636">
+        <v>111073</v>
+      </c>
+      <c r="C636" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D636" t="s">
+        <v>407</v>
+      </c>
+      <c r="E636" t="s">
+        <v>42</v>
+      </c>
+      <c r="F636">
+        <v>43611</v>
+      </c>
+      <c r="G636">
+        <v>2</v>
+      </c>
+      <c r="H636" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637">
+        <v>608</v>
+      </c>
+      <c r="B637">
+        <v>111073</v>
+      </c>
+      <c r="C637" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D637" t="s">
+        <v>407</v>
+      </c>
+      <c r="E637" t="s">
+        <v>112</v>
+      </c>
+      <c r="F637">
+        <v>80624</v>
+      </c>
+      <c r="G637">
+        <v>1</v>
+      </c>
+      <c r="H637" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638">
+        <v>602</v>
+      </c>
+      <c r="B638">
+        <v>111073</v>
+      </c>
+      <c r="C638" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D638" t="s">
+        <v>407</v>
+      </c>
+      <c r="E638" t="s">
+        <v>36</v>
+      </c>
+      <c r="F638">
+        <v>74168</v>
+      </c>
+      <c r="G638">
+        <v>1</v>
+      </c>
+      <c r="H638" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639">
+        <v>863</v>
+      </c>
+      <c r="B639">
+        <v>111073</v>
+      </c>
+      <c r="C639" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D639" t="s">
+        <v>407</v>
+      </c>
+      <c r="E639" t="s">
+        <v>36</v>
+      </c>
+      <c r="F639">
+        <v>74168</v>
+      </c>
+      <c r="G639">
+        <v>2</v>
+      </c>
+      <c r="H639" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640">
+        <v>748</v>
+      </c>
+      <c r="B640">
+        <v>111073</v>
+      </c>
+      <c r="C640" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D640" t="s">
+        <v>407</v>
+      </c>
+      <c r="E640" t="s">
+        <v>86</v>
+      </c>
+      <c r="F640">
+        <v>58098</v>
+      </c>
+      <c r="G640">
+        <v>7</v>
+      </c>
+      <c r="H640" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641">
+        <v>1074</v>
+      </c>
+      <c r="B641">
+        <v>111073</v>
+      </c>
+      <c r="C641" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D641" t="s">
+        <v>407</v>
+      </c>
+      <c r="E641" t="s">
+        <v>86</v>
+      </c>
+      <c r="F641">
+        <v>58098</v>
+      </c>
+      <c r="G641">
+        <v>1</v>
+      </c>
+      <c r="H641" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642">
+        <v>591</v>
+      </c>
+      <c r="B642">
+        <v>111069</v>
+      </c>
+      <c r="C642" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D642" t="s">
+        <v>408</v>
+      </c>
+      <c r="E642" t="s">
+        <v>316</v>
+      </c>
+      <c r="F642">
+        <v>147032</v>
+      </c>
+      <c r="G642">
+        <v>1</v>
+      </c>
+      <c r="H642" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643">
+        <v>589</v>
+      </c>
+      <c r="B643">
+        <v>111069</v>
+      </c>
+      <c r="C643" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D643" t="s">
+        <v>408</v>
+      </c>
+      <c r="E643" t="s">
+        <v>68</v>
+      </c>
+      <c r="F643">
+        <v>126100</v>
+      </c>
+      <c r="G643">
+        <v>1</v>
+      </c>
+      <c r="H643" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644">
+        <v>588</v>
+      </c>
+      <c r="B644">
+        <v>111069</v>
+      </c>
+      <c r="C644" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D644" t="s">
+        <v>408</v>
+      </c>
+      <c r="E644" t="s">
+        <v>32</v>
+      </c>
+      <c r="F644">
+        <v>92297</v>
+      </c>
+      <c r="G644">
+        <v>1</v>
+      </c>
+      <c r="H644" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645">
+        <v>587</v>
+      </c>
+      <c r="B645">
+        <v>111069</v>
+      </c>
+      <c r="C645" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D645" t="s">
+        <v>408</v>
+      </c>
+      <c r="E645" t="s">
+        <v>22</v>
+      </c>
+      <c r="F645">
+        <v>68894</v>
+      </c>
+      <c r="G645">
+        <v>1</v>
+      </c>
+      <c r="H645" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646">
+        <v>586</v>
+      </c>
+      <c r="B646">
+        <v>111069</v>
+      </c>
+      <c r="C646" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D646" t="s">
+        <v>408</v>
+      </c>
+      <c r="E646" t="s">
+        <v>118</v>
+      </c>
+      <c r="F646">
+        <v>84496</v>
+      </c>
+      <c r="G646">
+        <v>1</v>
+      </c>
+      <c r="H646" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647">
+        <v>585</v>
+      </c>
+      <c r="B647">
+        <v>111069</v>
+      </c>
+      <c r="C647" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D647" t="s">
+        <v>408</v>
+      </c>
+      <c r="E647" t="s">
+        <v>20</v>
+      </c>
+      <c r="F647">
+        <v>74095</v>
+      </c>
+      <c r="G647">
+        <v>4</v>
+      </c>
+      <c r="H647" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648">
+        <v>584</v>
+      </c>
+      <c r="B648">
+        <v>111069</v>
+      </c>
+      <c r="C648" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D648" t="s">
+        <v>408</v>
+      </c>
+      <c r="E648" t="s">
+        <v>104</v>
+      </c>
+      <c r="F648">
+        <v>85796</v>
+      </c>
+      <c r="G648">
+        <v>1</v>
+      </c>
+      <c r="H648" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649">
+        <v>583</v>
+      </c>
+      <c r="B649">
+        <v>111069</v>
+      </c>
+      <c r="C649" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D649" t="s">
+        <v>408</v>
+      </c>
+      <c r="E649" t="s">
+        <v>86</v>
+      </c>
+      <c r="F649">
+        <v>55373</v>
+      </c>
+      <c r="G649">
+        <v>1</v>
+      </c>
+      <c r="H649" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650">
+        <v>582</v>
+      </c>
+      <c r="B650">
+        <v>111069</v>
+      </c>
+      <c r="C650" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D650" t="s">
+        <v>408</v>
+      </c>
+      <c r="E650" t="s">
+        <v>36</v>
+      </c>
+      <c r="F650">
+        <v>74875</v>
+      </c>
+      <c r="G650">
+        <v>1</v>
+      </c>
+      <c r="H650" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651">
+        <v>581</v>
+      </c>
+      <c r="B651">
+        <v>111069</v>
+      </c>
+      <c r="C651" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D651" t="s">
+        <v>408</v>
+      </c>
+      <c r="E651" t="s">
+        <v>38</v>
+      </c>
+      <c r="F651">
+        <v>67594</v>
+      </c>
+      <c r="G651">
+        <v>1</v>
+      </c>
+      <c r="H651" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652">
+        <v>580</v>
+      </c>
+      <c r="B652">
+        <v>111069</v>
+      </c>
+      <c r="C652" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D652" t="s">
+        <v>408</v>
+      </c>
+      <c r="E652" t="s">
+        <v>288</v>
+      </c>
+      <c r="F652">
+        <v>107898</v>
+      </c>
+      <c r="G652">
+        <v>1</v>
+      </c>
+      <c r="H652" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653">
+        <v>579</v>
+      </c>
+      <c r="B653">
+        <v>111069</v>
+      </c>
+      <c r="C653" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D653" t="s">
+        <v>408</v>
+      </c>
+      <c r="E653" t="s">
+        <v>48</v>
+      </c>
+      <c r="F653">
+        <v>55243</v>
+      </c>
+      <c r="G653">
+        <v>1</v>
+      </c>
+      <c r="H653" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654">
+        <v>578</v>
+      </c>
+      <c r="B654">
+        <v>111069</v>
+      </c>
+      <c r="C654" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D654" t="s">
+        <v>408</v>
+      </c>
+      <c r="E654" t="s">
+        <v>44</v>
+      </c>
+      <c r="F654">
+        <v>63043</v>
+      </c>
+      <c r="G654">
+        <v>1</v>
+      </c>
+      <c r="H654" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655">
+        <v>577</v>
+      </c>
+      <c r="B655">
+        <v>111069</v>
+      </c>
+      <c r="C655" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D655" t="s">
+        <v>408</v>
+      </c>
+      <c r="E655" t="s">
+        <v>40</v>
+      </c>
+      <c r="F655">
+        <v>57843</v>
+      </c>
+      <c r="G655">
+        <v>1</v>
+      </c>
+      <c r="H655" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656">
+        <v>576</v>
+      </c>
+      <c r="B656">
+        <v>111069</v>
+      </c>
+      <c r="C656" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D656" t="s">
+        <v>408</v>
+      </c>
+      <c r="E656" t="s">
+        <v>10</v>
+      </c>
+      <c r="F656">
+        <v>108678</v>
+      </c>
+      <c r="G656">
+        <v>2</v>
+      </c>
+      <c r="H656" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657">
+        <v>592</v>
+      </c>
+      <c r="B657">
+        <v>111069</v>
+      </c>
+      <c r="C657" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D657" t="s">
+        <v>408</v>
+      </c>
+      <c r="E657" t="s">
+        <v>393</v>
+      </c>
+      <c r="F657">
+        <v>87681</v>
+      </c>
+      <c r="G657">
+        <v>1</v>
+      </c>
+      <c r="H657" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658">
+        <v>593</v>
+      </c>
+      <c r="B658">
+        <v>111069</v>
+      </c>
+      <c r="C658" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D658" t="s">
+        <v>408</v>
+      </c>
+      <c r="E658" t="s">
+        <v>42</v>
+      </c>
+      <c r="F658">
+        <v>44191</v>
+      </c>
+      <c r="G658">
+        <v>1</v>
+      </c>
+      <c r="H658" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659">
+        <v>590</v>
+      </c>
+      <c r="B659">
+        <v>111069</v>
+      </c>
+      <c r="C659" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D659" t="s">
+        <v>408</v>
+      </c>
+      <c r="E659" t="s">
+        <v>34</v>
+      </c>
+      <c r="F659">
+        <v>96197</v>
+      </c>
+      <c r="G659">
+        <v>2</v>
+      </c>
+      <c r="H659" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660">
+        <v>595</v>
+      </c>
+      <c r="B660">
+        <v>111069</v>
+      </c>
+      <c r="C660" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D660" t="s">
+        <v>408</v>
+      </c>
+      <c r="E660" t="s">
+        <v>356</v>
+      </c>
+      <c r="F660">
+        <v>110499</v>
+      </c>
+      <c r="G660">
+        <v>1</v>
+      </c>
+      <c r="H660" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661">
+        <v>596</v>
+      </c>
+      <c r="B661">
+        <v>111069</v>
+      </c>
+      <c r="C661" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D661" t="s">
+        <v>408</v>
+      </c>
+      <c r="E661" t="s">
+        <v>235</v>
+      </c>
+      <c r="F661">
+        <v>155990</v>
+      </c>
+      <c r="G661">
+        <v>1</v>
+      </c>
+      <c r="H661" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662">
+        <v>597</v>
+      </c>
+      <c r="B662">
+        <v>111069</v>
+      </c>
+      <c r="C662" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D662" t="s">
+        <v>408</v>
+      </c>
+      <c r="E662" t="s">
+        <v>314</v>
+      </c>
+      <c r="F662">
+        <v>67191</v>
+      </c>
+      <c r="G662">
+        <v>1</v>
+      </c>
+      <c r="H662" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663">
+        <v>598</v>
+      </c>
+      <c r="B663">
+        <v>111069</v>
+      </c>
+      <c r="C663" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D663" t="s">
+        <v>408</v>
+      </c>
+      <c r="E663" t="s">
+        <v>30</v>
+      </c>
+      <c r="F663">
+        <v>51992</v>
+      </c>
+      <c r="G663">
+        <v>1</v>
+      </c>
+      <c r="H663" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664">
+        <v>599</v>
+      </c>
+      <c r="B664">
+        <v>111069</v>
+      </c>
+      <c r="C664" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D664" t="s">
+        <v>408</v>
+      </c>
+      <c r="E664" t="s">
+        <v>120</v>
+      </c>
+      <c r="F664">
+        <v>49782</v>
+      </c>
+      <c r="G664">
+        <v>1</v>
+      </c>
+      <c r="H664" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665">
+        <v>600</v>
+      </c>
+      <c r="B665">
+        <v>111069</v>
+      </c>
+      <c r="C665" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D665" t="s">
+        <v>408</v>
+      </c>
+      <c r="E665" t="s">
+        <v>124</v>
+      </c>
+      <c r="F665">
+        <v>75382</v>
+      </c>
+      <c r="G665">
+        <v>1</v>
+      </c>
+      <c r="H665" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666">
+        <v>601</v>
+      </c>
+      <c r="B666">
+        <v>111069</v>
+      </c>
+      <c r="C666" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D666" t="s">
+        <v>408</v>
+      </c>
+      <c r="E666" t="s">
+        <v>56</v>
+      </c>
+      <c r="F666">
+        <v>85926</v>
+      </c>
+      <c r="G666">
+        <v>1</v>
+      </c>
+      <c r="H666" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667">
+        <v>594</v>
+      </c>
+      <c r="B667">
+        <v>111069</v>
+      </c>
+      <c r="C667" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D667" t="s">
+        <v>408</v>
+      </c>
+      <c r="E667" t="s">
+        <v>28</v>
+      </c>
+      <c r="F667">
+        <v>44191</v>
+      </c>
+      <c r="G667">
+        <v>1</v>
+      </c>
+      <c r="H667" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668">
+        <v>565</v>
+      </c>
+      <c r="B668">
+        <v>111068</v>
+      </c>
+      <c r="C668" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D668" t="s">
+        <v>409</v>
+      </c>
+      <c r="E668" t="s">
+        <v>337</v>
+      </c>
+      <c r="F668">
+        <v>1494</v>
+      </c>
+      <c r="G668">
+        <v>6</v>
+      </c>
+      <c r="H668" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669">
+        <v>563</v>
+      </c>
+      <c r="B669">
+        <v>111068</v>
+      </c>
+      <c r="C669" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D669" t="s">
+        <v>409</v>
+      </c>
+      <c r="E669" t="s">
+        <v>240</v>
+      </c>
+      <c r="F669">
+        <v>6370</v>
+      </c>
+      <c r="G669">
+        <v>3</v>
+      </c>
+      <c r="H669" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670">
+        <v>562</v>
+      </c>
+      <c r="B670">
+        <v>111068</v>
+      </c>
+      <c r="C670" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D670" t="s">
+        <v>409</v>
+      </c>
+      <c r="E670" t="s">
+        <v>252</v>
+      </c>
+      <c r="F670">
+        <v>7169</v>
+      </c>
+      <c r="G670">
+        <v>5</v>
+      </c>
+      <c r="H670" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671">
+        <v>561</v>
+      </c>
+      <c r="B671">
+        <v>111068</v>
+      </c>
+      <c r="C671" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D671" t="s">
+        <v>409</v>
+      </c>
+      <c r="E671" t="s">
+        <v>170</v>
+      </c>
+      <c r="F671">
+        <v>900</v>
+      </c>
+      <c r="G671">
+        <v>7</v>
+      </c>
+      <c r="H671" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672">
+        <v>560</v>
+      </c>
+      <c r="B672">
+        <v>111068</v>
+      </c>
+      <c r="C672" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D672" t="s">
+        <v>409</v>
+      </c>
+      <c r="E672" t="s">
+        <v>164</v>
+      </c>
+      <c r="F672">
+        <v>654</v>
+      </c>
+      <c r="G672">
+        <v>15</v>
+      </c>
+      <c r="H672" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673">
+        <v>559</v>
+      </c>
+      <c r="B673">
+        <v>111068</v>
+      </c>
+      <c r="C673" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D673" t="s">
+        <v>409</v>
+      </c>
+      <c r="E673" t="s">
+        <v>156</v>
+      </c>
+      <c r="F673">
+        <v>9817</v>
+      </c>
+      <c r="G673">
+        <v>2</v>
+      </c>
+      <c r="H673" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674">
+        <v>558</v>
+      </c>
+      <c r="B674">
+        <v>111068</v>
+      </c>
+      <c r="C674" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D674" t="s">
+        <v>409</v>
+      </c>
+      <c r="E674" t="s">
+        <v>154</v>
+      </c>
+      <c r="F674">
+        <v>4836</v>
+      </c>
+      <c r="G674">
+        <v>3</v>
+      </c>
+      <c r="H674" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675">
+        <v>557</v>
+      </c>
+      <c r="B675">
+        <v>111068</v>
+      </c>
+      <c r="C675" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D675" t="s">
+        <v>409</v>
+      </c>
+      <c r="E675" t="s">
+        <v>158</v>
+      </c>
+      <c r="F675">
+        <v>6671</v>
+      </c>
+      <c r="G675">
+        <v>8</v>
+      </c>
+      <c r="H675" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676">
+        <v>554</v>
+      </c>
+      <c r="B676">
+        <v>111068</v>
+      </c>
+      <c r="C676" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D676" t="s">
+        <v>409</v>
+      </c>
+      <c r="E676" t="s">
+        <v>182</v>
+      </c>
+      <c r="F676">
+        <v>917</v>
+      </c>
+      <c r="G676">
+        <v>10</v>
+      </c>
+      <c r="H676" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677">
+        <v>555</v>
+      </c>
+      <c r="B677">
+        <v>111068</v>
+      </c>
+      <c r="C677" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D677" t="s">
+        <v>409</v>
+      </c>
+      <c r="E677" t="s">
+        <v>180</v>
+      </c>
+      <c r="F677">
+        <v>2608</v>
+      </c>
+      <c r="G677">
+        <v>3</v>
+      </c>
+      <c r="H677" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678">
+        <v>553</v>
+      </c>
+      <c r="B678">
+        <v>111068</v>
+      </c>
+      <c r="C678" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D678" t="s">
+        <v>409</v>
+      </c>
+      <c r="E678" t="s">
+        <v>178</v>
+      </c>
+      <c r="F678">
+        <v>1952</v>
+      </c>
+      <c r="G678">
+        <v>3</v>
+      </c>
+      <c r="H678" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679">
+        <v>552</v>
+      </c>
+      <c r="B679">
+        <v>111068</v>
+      </c>
+      <c r="C679" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D679" t="s">
+        <v>409</v>
+      </c>
+      <c r="E679" t="s">
+        <v>176</v>
+      </c>
+      <c r="F679">
+        <v>904</v>
+      </c>
+      <c r="G679">
+        <v>8</v>
+      </c>
+      <c r="H679" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680">
+        <v>551</v>
+      </c>
+      <c r="B680">
+        <v>111068</v>
+      </c>
+      <c r="C680" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D680" t="s">
+        <v>409</v>
+      </c>
+      <c r="E680" t="s">
+        <v>172</v>
+      </c>
+      <c r="F680">
+        <v>654</v>
+      </c>
+      <c r="G680">
+        <v>8</v>
+      </c>
+      <c r="H680" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681">
+        <v>550</v>
+      </c>
+      <c r="B681">
+        <v>111068</v>
+      </c>
+      <c r="C681" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D681" t="s">
+        <v>409</v>
+      </c>
+      <c r="E681" t="s">
+        <v>174</v>
+      </c>
+      <c r="F681">
+        <v>522</v>
+      </c>
+      <c r="G681">
+        <v>8</v>
+      </c>
+      <c r="H681" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682">
+        <v>566</v>
+      </c>
+      <c r="B682">
+        <v>111068</v>
+      </c>
+      <c r="C682" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D682" t="s">
+        <v>409</v>
+      </c>
+      <c r="E682" t="s">
+        <v>349</v>
+      </c>
+      <c r="F682">
+        <v>5190</v>
+      </c>
+      <c r="G682">
+        <v>5</v>
+      </c>
+      <c r="H682" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683">
+        <v>556</v>
+      </c>
+      <c r="B683">
+        <v>111068</v>
+      </c>
+      <c r="C683" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D683" t="s">
+        <v>409</v>
+      </c>
+      <c r="E683" t="s">
+        <v>152</v>
+      </c>
+      <c r="F683">
+        <v>799</v>
+      </c>
+      <c r="G683">
+        <v>10</v>
+      </c>
+      <c r="H683" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684">
+        <v>567</v>
+      </c>
+      <c r="B684">
+        <v>111068</v>
+      </c>
+      <c r="C684" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D684" t="s">
+        <v>409</v>
+      </c>
+      <c r="E684" t="s">
+        <v>242</v>
+      </c>
+      <c r="F684">
+        <v>812</v>
+      </c>
+      <c r="G684">
+        <v>10</v>
+      </c>
+      <c r="H684" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685">
+        <v>564</v>
+      </c>
+      <c r="B685">
+        <v>111068</v>
+      </c>
+      <c r="C685" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D685" t="s">
+        <v>409</v>
+      </c>
+      <c r="E685" t="s">
+        <v>333</v>
+      </c>
+      <c r="F685">
+        <v>2477</v>
+      </c>
+      <c r="G685">
+        <v>6</v>
+      </c>
+      <c r="H685" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686">
+        <v>569</v>
+      </c>
+      <c r="B686">
+        <v>111068</v>
+      </c>
+      <c r="C686" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D686" t="s">
+        <v>409</v>
+      </c>
+      <c r="E686" t="s">
+        <v>254</v>
+      </c>
+      <c r="F686">
+        <v>3617</v>
+      </c>
+      <c r="G686">
+        <v>1</v>
+      </c>
+      <c r="H686" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687">
+        <v>568</v>
+      </c>
+      <c r="B687">
+        <v>111068</v>
+      </c>
+      <c r="C687" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D687" t="s">
+        <v>409</v>
+      </c>
+      <c r="E687" t="s">
+        <v>258</v>
+      </c>
+      <c r="F687">
+        <v>8336</v>
+      </c>
+      <c r="G687">
+        <v>2</v>
+      </c>
+      <c r="H687" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688">
+        <v>570</v>
+      </c>
+      <c r="B688">
+        <v>111068</v>
+      </c>
+      <c r="C688" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D688" t="s">
+        <v>409</v>
+      </c>
+      <c r="E688" t="s">
+        <v>250</v>
+      </c>
+      <c r="F688">
+        <v>4272</v>
+      </c>
+      <c r="G688">
+        <v>1</v>
+      </c>
+      <c r="H688" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689">
+        <v>571</v>
+      </c>
+      <c r="B689">
+        <v>111068</v>
+      </c>
+      <c r="C689" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D689" t="s">
+        <v>409</v>
+      </c>
+      <c r="E689" t="s">
+        <v>188</v>
+      </c>
+      <c r="F689">
+        <v>2424</v>
+      </c>
+      <c r="G689">
+        <v>3</v>
+      </c>
+      <c r="H689" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690">
+        <v>572</v>
+      </c>
+      <c r="B690">
+        <v>111068</v>
+      </c>
+      <c r="C690" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D690" t="s">
+        <v>409</v>
+      </c>
+      <c r="E690" t="s">
+        <v>186</v>
+      </c>
+      <c r="F690">
+        <v>2293</v>
+      </c>
+      <c r="G690">
+        <v>6</v>
+      </c>
+      <c r="H690" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691">
+        <v>573</v>
+      </c>
+      <c r="B691">
+        <v>111068</v>
+      </c>
+      <c r="C691" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D691" t="s">
+        <v>409</v>
+      </c>
+      <c r="E691" t="s">
+        <v>248</v>
+      </c>
+      <c r="F691">
+        <v>5059</v>
+      </c>
+      <c r="G691">
+        <v>4</v>
+      </c>
+      <c r="H691" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692">
+        <v>574</v>
+      </c>
+      <c r="B692">
+        <v>111068</v>
+      </c>
+      <c r="C692" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D692" t="s">
+        <v>409</v>
+      </c>
+      <c r="E692" t="s">
+        <v>150</v>
+      </c>
+      <c r="F692">
+        <v>1690</v>
+      </c>
+      <c r="G692">
+        <v>10</v>
+      </c>
+      <c r="H692" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693">
+        <v>575</v>
+      </c>
+      <c r="B693">
+        <v>111068</v>
+      </c>
+      <c r="C693" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D693" t="s">
+        <v>409</v>
+      </c>
+      <c r="E693" t="s">
+        <v>335</v>
+      </c>
+      <c r="F693">
+        <v>1821</v>
+      </c>
+      <c r="G693">
+        <v>6</v>
+      </c>
+      <c r="H693" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694">
+        <v>747</v>
+      </c>
+      <c r="B694">
+        <v>111068</v>
+      </c>
+      <c r="C694" t="s" s="2">
+        <v>406</v>
+      </c>
+      <c r="D694" t="s">
+        <v>409</v>
+      </c>
+      <c r="E694" t="s">
+        <v>258</v>
+      </c>
+      <c r="F694">
+        <v>8300</v>
+      </c>
+      <c r="G694">
+        <v>2</v>
+      </c>
+      <c r="H694" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695">
+        <v>542</v>
+      </c>
+      <c r="B695">
+        <v>110168</v>
+      </c>
+      <c r="C695" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D695" t="s">
+        <v>411</v>
+      </c>
+      <c r="E695" t="s">
+        <v>22</v>
+      </c>
+      <c r="F695">
+        <v>68145</v>
+      </c>
+      <c r="G695">
+        <v>3</v>
+      </c>
+      <c r="H695" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696">
+        <v>541</v>
+      </c>
+      <c r="B696">
+        <v>110168</v>
+      </c>
+      <c r="C696" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D696" t="s">
+        <v>411</v>
+      </c>
+      <c r="E696" t="s">
+        <v>20</v>
+      </c>
+      <c r="F696">
+        <v>69455</v>
+      </c>
+      <c r="G696">
+        <v>5</v>
+      </c>
+      <c r="H696" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697">
+        <v>540</v>
+      </c>
+      <c r="B697">
+        <v>110168</v>
+      </c>
+      <c r="C697" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D697" t="s">
+        <v>411</v>
+      </c>
+      <c r="E697" t="s">
+        <v>36</v>
+      </c>
+      <c r="F697">
+        <v>72863</v>
+      </c>
+      <c r="G697">
+        <v>1</v>
+      </c>
+      <c r="H697" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698">
+        <v>539</v>
+      </c>
+      <c r="B698">
+        <v>110168</v>
+      </c>
+      <c r="C698" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D698" t="s">
+        <v>411</v>
+      </c>
+      <c r="E698" t="s">
+        <v>122</v>
+      </c>
+      <c r="F698">
+        <v>84660</v>
+      </c>
+      <c r="G698">
+        <v>1</v>
+      </c>
+      <c r="H698" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699">
+        <v>538</v>
+      </c>
+      <c r="B699">
+        <v>110168</v>
+      </c>
+      <c r="C699" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D699" t="s">
+        <v>411</v>
+      </c>
+      <c r="E699" t="s">
+        <v>38</v>
+      </c>
+      <c r="F699">
+        <v>64999</v>
+      </c>
+      <c r="G699">
+        <v>1</v>
+      </c>
+      <c r="H699" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700">
+        <v>533</v>
+      </c>
+      <c r="B700">
+        <v>110168</v>
+      </c>
+      <c r="C700" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D700" t="s">
+        <v>411</v>
+      </c>
+      <c r="E700" t="s">
+        <v>10</v>
+      </c>
+      <c r="F700">
+        <v>112710</v>
+      </c>
+      <c r="G700">
+        <v>2</v>
+      </c>
+      <c r="H700" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701">
+        <v>535</v>
+      </c>
+      <c r="B701">
+        <v>110168</v>
+      </c>
+      <c r="C701" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D701" t="s">
+        <v>411</v>
+      </c>
+      <c r="E701" t="s">
+        <v>44</v>
+      </c>
+      <c r="F701">
+        <v>62902</v>
+      </c>
+      <c r="G701">
+        <v>2</v>
+      </c>
+      <c r="H701" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702">
+        <v>534</v>
+      </c>
+      <c r="B702">
+        <v>110168</v>
+      </c>
+      <c r="C702" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D702" t="s">
+        <v>411</v>
+      </c>
+      <c r="E702" t="s">
+        <v>40</v>
+      </c>
+      <c r="F702">
+        <v>57626</v>
+      </c>
+      <c r="G702">
+        <v>1</v>
+      </c>
+      <c r="H702" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703">
+        <v>543</v>
+      </c>
+      <c r="B703">
+        <v>110168</v>
+      </c>
+      <c r="C703" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D703" t="s">
+        <v>411</v>
+      </c>
+      <c r="E703" t="s">
+        <v>229</v>
+      </c>
+      <c r="F703">
+        <v>96968</v>
+      </c>
+      <c r="G703">
+        <v>1</v>
+      </c>
+      <c r="H703" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704">
+        <v>532</v>
+      </c>
+      <c r="B704">
+        <v>110168</v>
+      </c>
+      <c r="C704" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D704" t="s">
+        <v>411</v>
+      </c>
+      <c r="E704" t="s">
+        <v>270</v>
+      </c>
+      <c r="F704">
+        <v>113496</v>
+      </c>
+      <c r="G704">
+        <v>2</v>
+      </c>
+      <c r="H704" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705">
+        <v>536</v>
+      </c>
+      <c r="B705">
+        <v>110168</v>
+      </c>
+      <c r="C705" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D705" t="s">
+        <v>411</v>
+      </c>
+      <c r="E705" t="s">
+        <v>48</v>
+      </c>
+      <c r="F705">
+        <v>61591</v>
+      </c>
+      <c r="G705">
+        <v>1</v>
+      </c>
+      <c r="H705" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706">
+        <v>544</v>
+      </c>
+      <c r="B706">
+        <v>110168</v>
+      </c>
+      <c r="C706" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D706" t="s">
+        <v>411</v>
+      </c>
+      <c r="E706" t="s">
+        <v>206</v>
+      </c>
+      <c r="F706">
+        <v>106811</v>
+      </c>
+      <c r="G706">
+        <v>1</v>
+      </c>
+      <c r="H706" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707">
+        <v>537</v>
+      </c>
+      <c r="B707">
+        <v>110168</v>
+      </c>
+      <c r="C707" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D707" t="s">
+        <v>411</v>
+      </c>
+      <c r="E707" t="s">
+        <v>288</v>
+      </c>
+      <c r="F707">
+        <v>108716</v>
+      </c>
+      <c r="G707">
+        <v>1</v>
+      </c>
+      <c r="H707" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708">
+        <v>546</v>
+      </c>
+      <c r="B708">
+        <v>110168</v>
+      </c>
+      <c r="C708" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D708" t="s">
+        <v>411</v>
+      </c>
+      <c r="E708" t="s">
+        <v>412</v>
+      </c>
+      <c r="F708">
+        <v>82838</v>
+      </c>
+      <c r="G708">
+        <v>3</v>
+      </c>
+      <c r="H708" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709">
+        <v>547</v>
+      </c>
+      <c r="B709">
+        <v>110168</v>
+      </c>
+      <c r="C709" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D709" t="s">
+        <v>411</v>
+      </c>
+      <c r="E709" t="s">
+        <v>414</v>
+      </c>
+      <c r="F709">
+        <v>85853</v>
+      </c>
+      <c r="G709">
+        <v>2</v>
+      </c>
+      <c r="H709" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710">
+        <v>548</v>
+      </c>
+      <c r="B710">
+        <v>110168</v>
+      </c>
+      <c r="C710" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D710" t="s">
+        <v>411</v>
+      </c>
+      <c r="E710" t="s">
+        <v>56</v>
+      </c>
+      <c r="F710">
+        <v>89523</v>
+      </c>
+      <c r="G710">
+        <v>1</v>
+      </c>
+      <c r="H710" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711">
+        <v>545</v>
+      </c>
+      <c r="B711">
+        <v>110168</v>
+      </c>
+      <c r="C711" t="s" s="2">
+        <v>410</v>
+      </c>
+      <c r="D711" t="s">
+        <v>411</v>
+      </c>
+      <c r="E711" t="s">
+        <v>416</v>
+      </c>
+      <c r="F711">
+        <v>109564</v>
+      </c>
+      <c r="G711">
+        <v>1</v>
+      </c>
+      <c r="H711" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712">
+        <v>505</v>
+      </c>
+      <c r="B712">
+        <v>110001</v>
+      </c>
+      <c r="C712" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D712" t="s">
+        <v>419</v>
+      </c>
+      <c r="E712" t="s">
+        <v>122</v>
+      </c>
+      <c r="F712">
+        <v>84660</v>
+      </c>
+      <c r="G712">
+        <v>1</v>
+      </c>
+      <c r="H712" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713">
+        <v>506</v>
+      </c>
+      <c r="B713">
+        <v>110001</v>
+      </c>
+      <c r="C713" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D713" t="s">
+        <v>419</v>
+      </c>
+      <c r="E713" t="s">
+        <v>30</v>
+      </c>
+      <c r="F713">
+        <v>52416</v>
+      </c>
+      <c r="G713">
+        <v>2</v>
+      </c>
+      <c r="H713" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714">
+        <v>507</v>
+      </c>
+      <c r="B714">
+        <v>110001</v>
+      </c>
+      <c r="C714" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D714" t="s">
+        <v>419</v>
+      </c>
+      <c r="E714" t="s">
+        <v>34</v>
+      </c>
+      <c r="F714">
+        <v>96981</v>
+      </c>
+      <c r="G714">
+        <v>1</v>
+      </c>
+      <c r="H714" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715">
+        <v>508</v>
+      </c>
+      <c r="B715">
+        <v>110001</v>
+      </c>
+      <c r="C715" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D715" t="s">
+        <v>419</v>
+      </c>
+      <c r="E715" t="s">
+        <v>68</v>
+      </c>
+      <c r="F715">
+        <v>127128</v>
+      </c>
+      <c r="G715">
+        <v>1</v>
+      </c>
+      <c r="H715" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716">
+        <v>520</v>
+      </c>
+      <c r="B716">
+        <v>110001</v>
+      </c>
+      <c r="C716" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D716" t="s">
+        <v>419</v>
+      </c>
+      <c r="E716" t="s">
+        <v>420</v>
+      </c>
+      <c r="F716">
+        <v>107204</v>
+      </c>
+      <c r="G716">
+        <v>1</v>
+      </c>
+      <c r="H716" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717">
+        <v>519</v>
+      </c>
+      <c r="B717">
+        <v>110001</v>
+      </c>
+      <c r="C717" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D717" t="s">
+        <v>419</v>
+      </c>
+      <c r="E717" t="s">
+        <v>106</v>
+      </c>
+      <c r="F717">
+        <v>105894</v>
+      </c>
+      <c r="G717">
+        <v>1</v>
+      </c>
+      <c r="H717" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718">
+        <v>518</v>
+      </c>
+      <c r="B718">
+        <v>110001</v>
+      </c>
+      <c r="C718" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D718" t="s">
+        <v>419</v>
+      </c>
+      <c r="E718" t="s">
+        <v>304</v>
+      </c>
+      <c r="F718">
+        <v>155308</v>
+      </c>
+      <c r="G718">
+        <v>1</v>
+      </c>
+      <c r="H718" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719">
+        <v>517</v>
+      </c>
+      <c r="B719">
+        <v>110001</v>
+      </c>
+      <c r="C719" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D719" t="s">
+        <v>419</v>
+      </c>
+      <c r="E719" t="s">
+        <v>94</v>
+      </c>
+      <c r="F719">
+        <v>90427</v>
+      </c>
+      <c r="G719">
+        <v>1</v>
+      </c>
+      <c r="H719" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720">
+        <v>515</v>
+      </c>
+      <c r="B720">
+        <v>110001</v>
+      </c>
+      <c r="C720" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D720" t="s">
+        <v>419</v>
+      </c>
+      <c r="E720" t="s">
+        <v>124</v>
+      </c>
+      <c r="F720">
+        <v>74607</v>
+      </c>
+      <c r="G720">
+        <v>1</v>
+      </c>
+      <c r="H720" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721">
+        <v>514</v>
+      </c>
+      <c r="B721">
+        <v>110001</v>
+      </c>
+      <c r="C721" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D721" t="s">
+        <v>419</v>
+      </c>
+      <c r="E721" t="s">
+        <v>208</v>
+      </c>
+      <c r="F721">
+        <v>95408</v>
+      </c>
+      <c r="G721">
+        <v>1</v>
+      </c>
+      <c r="H721" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722">
+        <v>513</v>
+      </c>
+      <c r="B722">
+        <v>110001</v>
+      </c>
+      <c r="C722" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D722" t="s">
+        <v>419</v>
+      </c>
+      <c r="E722" t="s">
+        <v>360</v>
+      </c>
+      <c r="F722">
+        <v>60136</v>
+      </c>
+      <c r="G722">
+        <v>1</v>
+      </c>
+      <c r="H722" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723">
+        <v>512</v>
+      </c>
+      <c r="B723">
+        <v>110001</v>
+      </c>
+      <c r="C723" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D723" t="s">
+        <v>419</v>
+      </c>
+      <c r="E723" t="s">
+        <v>286</v>
+      </c>
+      <c r="F723">
+        <v>73519</v>
+      </c>
+      <c r="G723">
+        <v>1</v>
+      </c>
+      <c r="H723" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724">
+        <v>511</v>
+      </c>
+      <c r="B724">
+        <v>110001</v>
+      </c>
+      <c r="C724" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D724" t="s">
+        <v>419</v>
+      </c>
+      <c r="E724" t="s">
+        <v>58</v>
+      </c>
+      <c r="F724">
+        <v>80334</v>
+      </c>
+      <c r="G724">
+        <v>2</v>
+      </c>
+      <c r="H724" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725">
+        <v>516</v>
+      </c>
+      <c r="B725">
+        <v>110001</v>
+      </c>
+      <c r="C725" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D725" t="s">
+        <v>419</v>
+      </c>
+      <c r="E725" t="s">
+        <v>42</v>
+      </c>
+      <c r="F725">
+        <v>44027</v>
+      </c>
+      <c r="G725">
+        <v>1</v>
+      </c>
+      <c r="H725" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726">
+        <v>504</v>
+      </c>
+      <c r="B726">
+        <v>110001</v>
+      </c>
+      <c r="C726" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D726" t="s">
+        <v>419</v>
+      </c>
+      <c r="E726" t="s">
+        <v>38</v>
+      </c>
+      <c r="F726">
+        <v>64999</v>
+      </c>
+      <c r="G726">
+        <v>1</v>
+      </c>
+      <c r="H726" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727">
+        <v>503</v>
+      </c>
+      <c r="B727">
+        <v>110001</v>
+      </c>
+      <c r="C727" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D727" t="s">
+        <v>419</v>
+      </c>
+      <c r="E727" t="s">
+        <v>288</v>
+      </c>
+      <c r="F727">
+        <v>108777</v>
+      </c>
+      <c r="G727">
+        <v>1</v>
+      </c>
+      <c r="H727" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728">
+        <v>501</v>
+      </c>
+      <c r="B728">
+        <v>110001</v>
+      </c>
+      <c r="C728" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D728" t="s">
+        <v>419</v>
+      </c>
+      <c r="E728" t="s">
+        <v>422</v>
+      </c>
+      <c r="F728">
+        <v>80583</v>
+      </c>
+      <c r="G728">
+        <v>1</v>
+      </c>
+      <c r="H728" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729">
+        <v>500</v>
+      </c>
+      <c r="B729">
+        <v>110001</v>
+      </c>
+      <c r="C729" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D729" t="s">
+        <v>419</v>
+      </c>
+      <c r="E729" t="s">
+        <v>233</v>
+      </c>
+      <c r="F729">
+        <v>79810</v>
+      </c>
+      <c r="G729">
+        <v>1</v>
+      </c>
+      <c r="H729" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730">
+        <v>499</v>
+      </c>
+      <c r="B730">
+        <v>110001</v>
+      </c>
+      <c r="C730" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D730" t="s">
+        <v>419</v>
+      </c>
+      <c r="E730" t="s">
+        <v>424</v>
+      </c>
+      <c r="F730">
+        <v>82550</v>
+      </c>
+      <c r="G730">
+        <v>1</v>
+      </c>
+      <c r="H730" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731">
+        <v>495</v>
+      </c>
+      <c r="B731">
+        <v>110001</v>
+      </c>
+      <c r="C731" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D731" t="s">
+        <v>419</v>
+      </c>
+      <c r="E731" t="s">
+        <v>270</v>
+      </c>
+      <c r="F731">
+        <v>113496</v>
+      </c>
+      <c r="G731">
+        <v>1</v>
+      </c>
+      <c r="H731" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732">
+        <v>496</v>
+      </c>
+      <c r="B732">
+        <v>110001</v>
+      </c>
+      <c r="C732" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D732" t="s">
+        <v>419</v>
+      </c>
+      <c r="E732" t="s">
+        <v>10</v>
+      </c>
+      <c r="F732">
+        <v>112710</v>
+      </c>
+      <c r="G732">
+        <v>1</v>
+      </c>
+      <c r="H732" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733">
+        <v>497</v>
+      </c>
+      <c r="B733">
+        <v>110001</v>
+      </c>
+      <c r="C733" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D733" t="s">
+        <v>419</v>
+      </c>
+      <c r="E733" t="s">
+        <v>108</v>
+      </c>
+      <c r="F733">
+        <v>124506</v>
+      </c>
+      <c r="G733">
+        <v>1</v>
+      </c>
+      <c r="H733" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734">
+        <v>510</v>
+      </c>
+      <c r="B734">
+        <v>110001</v>
+      </c>
+      <c r="C734" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D734" t="s">
+        <v>419</v>
+      </c>
+      <c r="E734" t="s">
+        <v>104</v>
+      </c>
+      <c r="F734">
+        <v>86495</v>
+      </c>
+      <c r="G734">
+        <v>1</v>
+      </c>
+      <c r="H734" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735">
+        <v>498</v>
+      </c>
+      <c r="B735">
+        <v>110001</v>
+      </c>
+      <c r="C735" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D735" t="s">
+        <v>419</v>
+      </c>
+      <c r="E735" t="s">
+        <v>102</v>
+      </c>
+      <c r="F735">
+        <v>95146</v>
+      </c>
+      <c r="G735">
+        <v>1</v>
+      </c>
+      <c r="H735" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736">
+        <v>502</v>
+      </c>
+      <c r="B736">
+        <v>110001</v>
+      </c>
+      <c r="C736" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D736" t="s">
+        <v>419</v>
+      </c>
+      <c r="E736" t="s">
+        <v>393</v>
+      </c>
+      <c r="F736">
+        <v>87792</v>
+      </c>
+      <c r="G736">
+        <v>1</v>
+      </c>
+      <c r="H736" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737">
+        <v>509</v>
+      </c>
+      <c r="B737">
+        <v>110001</v>
+      </c>
+      <c r="C737" t="s" s="2">
+        <v>418</v>
+      </c>
+      <c r="D737" t="s">
+        <v>419</v>
+      </c>
+      <c r="E737" t="s">
+        <v>118</v>
+      </c>
+      <c r="F737">
+        <v>85184</v>
+      </c>
+      <c r="G737">
+        <v>1</v>
+      </c>
+      <c r="H737" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738">
+        <v>444</v>
+      </c>
+      <c r="B738">
+        <v>109375</v>
+      </c>
+      <c r="C738" t="s" s="2">
+        <v>426</v>
+      </c>
+      <c r="D738" t="s">
+        <v>111</v>
+      </c>
+      <c r="E738" t="s">
+        <v>122</v>
+      </c>
+      <c r="F738">
+        <v>83444</v>
+      </c>
+      <c r="G738">
+        <v>1</v>
+      </c>
+      <c r="H738" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739">
+        <v>443</v>
+      </c>
+      <c r="B739">
+        <v>109375</v>
+      </c>
+      <c r="C739" t="s" s="2">
+        <v>426</v>
+      </c>
+      <c r="D739" t="s">
+        <v>111</v>
+      </c>
+      <c r="E739" t="s">
+        <v>416</v>
+      </c>
+      <c r="F739">
+        <v>108762</v>
+      </c>
+      <c r="G739">
+        <v>2</v>
+      </c>
+      <c r="H739" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740">
+        <v>442</v>
+      </c>
+      <c r="B740">
+        <v>109375</v>
+      </c>
+      <c r="C740" t="s" s="2">
+        <v>426</v>
+      </c>
+      <c r="D740" t="s">
+        <v>111</v>
+      </c>
+      <c r="E740" t="s">
+        <v>22</v>
+      </c>
+      <c r="F740">
+        <v>68384</v>
+      </c>
+      <c r="G740">
+        <v>1</v>
+      </c>
+      <c r="H740" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741">
+        <v>487</v>
+      </c>
+      <c r="B741">
+        <v>109312</v>
+      </c>
+      <c r="C741" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D741" t="s">
+        <v>428</v>
+      </c>
+      <c r="E741" t="s">
+        <v>246</v>
+      </c>
+      <c r="F741">
+        <v>3958</v>
+      </c>
+      <c r="G741">
+        <v>3</v>
+      </c>
+      <c r="H741" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742">
+        <v>488</v>
+      </c>
+      <c r="B742">
+        <v>109312</v>
+      </c>
+      <c r="C742" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D742" t="s">
+        <v>428</v>
+      </c>
+      <c r="E742" t="s">
+        <v>258</v>
+      </c>
+      <c r="F742">
+        <v>8336</v>
+      </c>
+      <c r="G742">
+        <v>3</v>
+      </c>
+      <c r="H742" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743">
+        <v>478</v>
+      </c>
+      <c r="B743">
+        <v>109312</v>
+      </c>
+      <c r="C743" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D743" t="s">
+        <v>428</v>
+      </c>
+      <c r="E743" t="s">
+        <v>158</v>
+      </c>
+      <c r="F743">
+        <v>6802</v>
+      </c>
+      <c r="G743">
+        <v>8</v>
+      </c>
+      <c r="H743" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744">
+        <v>485</v>
+      </c>
+      <c r="B744">
+        <v>109312</v>
+      </c>
+      <c r="C744" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D744" t="s">
+        <v>428</v>
+      </c>
+      <c r="E744" t="s">
+        <v>186</v>
+      </c>
+      <c r="F744">
+        <v>2267</v>
+      </c>
+      <c r="G744">
+        <v>3</v>
+      </c>
+      <c r="H744" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745">
+        <v>489</v>
+      </c>
+      <c r="B745">
+        <v>109312</v>
+      </c>
+      <c r="C745" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D745" t="s">
+        <v>428</v>
+      </c>
+      <c r="E745" t="s">
+        <v>254</v>
+      </c>
+      <c r="F745">
+        <v>3617</v>
+      </c>
+      <c r="G745">
+        <v>2</v>
+      </c>
+      <c r="H745" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746">
+        <v>473</v>
+      </c>
+      <c r="B746">
+        <v>109312</v>
+      </c>
+      <c r="C746" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D746" t="s">
+        <v>428</v>
+      </c>
+      <c r="E746" t="s">
+        <v>414</v>
+      </c>
+      <c r="F746">
+        <v>85853</v>
+      </c>
+      <c r="G746">
+        <v>2</v>
+      </c>
+      <c r="H746" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747">
+        <v>472</v>
+      </c>
+      <c r="B747">
+        <v>109312</v>
+      </c>
+      <c r="C747" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D747" t="s">
+        <v>428</v>
+      </c>
+      <c r="E747" t="s">
+        <v>412</v>
+      </c>
+      <c r="F747">
+        <v>82838</v>
+      </c>
+      <c r="G747">
+        <v>2</v>
+      </c>
+      <c r="H747" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748">
+        <v>471</v>
+      </c>
+      <c r="B748">
+        <v>109312</v>
+      </c>
+      <c r="C748" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D748" t="s">
+        <v>428</v>
+      </c>
+      <c r="E748" t="s">
+        <v>270</v>
+      </c>
+      <c r="F748">
+        <v>120836</v>
+      </c>
+      <c r="G748">
+        <v>1</v>
+      </c>
+      <c r="H748" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749">
+        <v>470</v>
+      </c>
+      <c r="B749">
+        <v>109312</v>
+      </c>
+      <c r="C749" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D749" t="s">
+        <v>428</v>
+      </c>
+      <c r="E749" t="s">
+        <v>86</v>
+      </c>
+      <c r="F749">
+        <v>58065</v>
+      </c>
+      <c r="G749">
+        <v>2</v>
+      </c>
+      <c r="H749" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750">
+        <v>474</v>
+      </c>
+      <c r="B750">
+        <v>109312</v>
+      </c>
+      <c r="C750" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D750" t="s">
+        <v>428</v>
+      </c>
+      <c r="E750" t="s">
+        <v>56</v>
+      </c>
+      <c r="F750">
+        <v>89523</v>
+      </c>
+      <c r="G750">
+        <v>1</v>
+      </c>
+      <c r="H750" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751">
+        <v>486</v>
+      </c>
+      <c r="B751">
+        <v>109312</v>
+      </c>
+      <c r="C751" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D751" t="s">
+        <v>428</v>
+      </c>
+      <c r="E751" t="s">
+        <v>349</v>
+      </c>
+      <c r="F751">
+        <v>5190</v>
+      </c>
+      <c r="G751">
+        <v>5</v>
+      </c>
+      <c r="H751" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752">
+        <v>475</v>
+      </c>
+      <c r="B752">
+        <v>109312</v>
+      </c>
+      <c r="C752" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D752" t="s">
+        <v>428</v>
+      </c>
+      <c r="E752" t="s">
+        <v>354</v>
+      </c>
+      <c r="F752">
+        <v>82038</v>
+      </c>
+      <c r="G752">
+        <v>1</v>
+      </c>
+      <c r="H752" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753">
+        <v>477</v>
+      </c>
+      <c r="B753">
+        <v>109312</v>
+      </c>
+      <c r="C753" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D753" t="s">
+        <v>428</v>
+      </c>
+      <c r="E753" t="s">
+        <v>152</v>
+      </c>
+      <c r="F753">
+        <v>799</v>
+      </c>
+      <c r="G753">
+        <v>10</v>
+      </c>
+      <c r="H753" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754">
+        <v>479</v>
+      </c>
+      <c r="B754">
+        <v>109312</v>
+      </c>
+      <c r="C754" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D754" t="s">
+        <v>428</v>
+      </c>
+      <c r="E754" t="s">
+        <v>429</v>
+      </c>
+      <c r="F754">
+        <v>7720</v>
+      </c>
+      <c r="G754">
+        <v>6</v>
+      </c>
+      <c r="H754" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755">
+        <v>480</v>
+      </c>
+      <c r="B755">
+        <v>109312</v>
+      </c>
+      <c r="C755" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D755" t="s">
+        <v>428</v>
+      </c>
+      <c r="E755" t="s">
+        <v>327</v>
+      </c>
+      <c r="F755">
+        <v>7195</v>
+      </c>
+      <c r="G755">
+        <v>4</v>
+      </c>
+      <c r="H755" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756">
+        <v>481</v>
+      </c>
+      <c r="B756">
+        <v>109312</v>
+      </c>
+      <c r="C756" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D756" t="s">
+        <v>428</v>
+      </c>
+      <c r="E756" t="s">
+        <v>154</v>
+      </c>
+      <c r="F756">
+        <v>4836</v>
+      </c>
+      <c r="G756">
+        <v>6</v>
+      </c>
+      <c r="H756" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757">
+        <v>482</v>
+      </c>
+      <c r="B757">
+        <v>109312</v>
+      </c>
+      <c r="C757" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D757" t="s">
+        <v>428</v>
+      </c>
+      <c r="E757" t="s">
+        <v>156</v>
+      </c>
+      <c r="F757">
+        <v>9817</v>
+      </c>
+      <c r="G757">
+        <v>4</v>
+      </c>
+      <c r="H757" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758">
+        <v>484</v>
+      </c>
+      <c r="B758">
+        <v>109312</v>
+      </c>
+      <c r="C758" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D758" t="s">
+        <v>428</v>
+      </c>
+      <c r="E758" t="s">
+        <v>240</v>
+      </c>
+      <c r="F758">
+        <v>5636</v>
+      </c>
+      <c r="G758">
+        <v>3</v>
+      </c>
+      <c r="H758" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759">
+        <v>476</v>
+      </c>
+      <c r="B759">
+        <v>109312</v>
+      </c>
+      <c r="C759" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D759" t="s">
+        <v>428</v>
+      </c>
+      <c r="E759" t="s">
+        <v>60</v>
+      </c>
+      <c r="F759">
+        <v>78237</v>
+      </c>
+      <c r="G759">
+        <v>1</v>
+      </c>
+      <c r="H759" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760">
+        <v>490</v>
+      </c>
+      <c r="B760">
+        <v>109312</v>
+      </c>
+      <c r="C760" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D760" t="s">
+        <v>428</v>
+      </c>
+      <c r="E760" t="s">
+        <v>250</v>
+      </c>
+      <c r="F760">
+        <v>4272</v>
+      </c>
+      <c r="G760">
+        <v>2</v>
+      </c>
+      <c r="H760" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761">
+        <v>483</v>
+      </c>
+      <c r="B761">
+        <v>109312</v>
+      </c>
+      <c r="C761" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D761" t="s">
+        <v>428</v>
+      </c>
+      <c r="E761" t="s">
+        <v>252</v>
+      </c>
+      <c r="F761">
+        <v>7169</v>
+      </c>
+      <c r="G761">
+        <v>4</v>
+      </c>
+      <c r="H761" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762">
+        <v>492</v>
+      </c>
+      <c r="B762">
+        <v>109312</v>
+      </c>
+      <c r="C762" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D762" t="s">
+        <v>428</v>
+      </c>
+      <c r="E762" t="s">
+        <v>256</v>
+      </c>
+      <c r="F762">
+        <v>2293</v>
+      </c>
+      <c r="G762">
+        <v>1</v>
+      </c>
+      <c r="H762" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763">
+        <v>493</v>
+      </c>
+      <c r="B763">
+        <v>109312</v>
+      </c>
+      <c r="C763" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D763" t="s">
+        <v>428</v>
+      </c>
+      <c r="E763" t="s">
+        <v>248</v>
+      </c>
+      <c r="F763">
+        <v>5059</v>
+      </c>
+      <c r="G763">
+        <v>3</v>
+      </c>
+      <c r="H763" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764">
+        <v>494</v>
+      </c>
+      <c r="B764">
+        <v>109312</v>
+      </c>
+      <c r="C764" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D764" t="s">
+        <v>428</v>
+      </c>
+      <c r="E764" t="s">
+        <v>242</v>
+      </c>
+      <c r="F764">
+        <v>904</v>
+      </c>
+      <c r="G764">
+        <v>4</v>
+      </c>
+      <c r="H764" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765">
+        <v>651</v>
+      </c>
+      <c r="B765">
+        <v>109312</v>
+      </c>
+      <c r="C765" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D765" t="s">
+        <v>428</v>
+      </c>
+      <c r="E765" t="s">
+        <v>186</v>
+      </c>
+      <c r="F765">
+        <v>2267</v>
+      </c>
+      <c r="G765">
+        <v>6</v>
+      </c>
+      <c r="H765" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766">
+        <v>491</v>
+      </c>
+      <c r="B766">
+        <v>109312</v>
+      </c>
+      <c r="C766" t="s" s="2">
+        <v>427</v>
+      </c>
+      <c r="D766" t="s">
+        <v>428</v>
+      </c>
+      <c r="E766" t="s">
+        <v>188</v>
+      </c>
+      <c r="F766">
+        <v>2385</v>
+      </c>
+      <c r="G766">
+        <v>4</v>
+      </c>
+      <c r="H766" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767">
+        <v>462</v>
+      </c>
+      <c r="B767">
+        <v>109112</v>
+      </c>
+      <c r="C767" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D767" t="s">
+        <v>432</v>
+      </c>
+      <c r="E767" t="s">
+        <v>206</v>
+      </c>
+      <c r="F767">
+        <v>105758</v>
+      </c>
+      <c r="G767">
+        <v>1</v>
+      </c>
+      <c r="H767" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768">
+        <v>461</v>
+      </c>
+      <c r="B768">
+        <v>109112</v>
+      </c>
+      <c r="C768" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D768" t="s">
+        <v>432</v>
+      </c>
+      <c r="E768" t="s">
+        <v>124</v>
+      </c>
+      <c r="F768">
+        <v>74130</v>
+      </c>
+      <c r="G768">
+        <v>1</v>
+      </c>
+      <c r="H768" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769">
+        <v>460</v>
+      </c>
+      <c r="B769">
+        <v>109112</v>
+      </c>
+      <c r="C769" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D769" t="s">
+        <v>432</v>
+      </c>
+      <c r="E769" t="s">
+        <v>62</v>
+      </c>
+      <c r="F769">
+        <v>76735</v>
+      </c>
+      <c r="G769">
+        <v>1</v>
+      </c>
+      <c r="H769" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770">
+        <v>459</v>
+      </c>
+      <c r="B770">
+        <v>109112</v>
+      </c>
+      <c r="C770" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D770" t="s">
+        <v>432</v>
+      </c>
+      <c r="E770" t="s">
+        <v>68</v>
+      </c>
+      <c r="F770">
+        <v>126183</v>
+      </c>
+      <c r="G770">
+        <v>1</v>
+      </c>
+      <c r="H770" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771">
+        <v>458</v>
+      </c>
+      <c r="B771">
+        <v>109112</v>
+      </c>
+      <c r="C771" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D771" t="s">
+        <v>432</v>
+      </c>
+      <c r="E771" t="s">
+        <v>120</v>
+      </c>
+      <c r="F771">
+        <v>49815</v>
+      </c>
+      <c r="G771">
+        <v>1</v>
+      </c>
+      <c r="H771" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772">
+        <v>457</v>
+      </c>
+      <c r="B772">
+        <v>109112</v>
+      </c>
+      <c r="C772" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D772" t="s">
+        <v>432</v>
+      </c>
+      <c r="E772" t="s">
+        <v>30</v>
+      </c>
+      <c r="F772">
+        <v>52026</v>
+      </c>
+      <c r="G772">
+        <v>1</v>
+      </c>
+      <c r="H772" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773">
+        <v>456</v>
+      </c>
+      <c r="B773">
+        <v>109112</v>
+      </c>
+      <c r="C773" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D773" t="s">
+        <v>432</v>
+      </c>
+      <c r="E773" t="s">
+        <v>288</v>
+      </c>
+      <c r="F773">
+        <v>107969</v>
+      </c>
+      <c r="G773">
+        <v>1</v>
+      </c>
+      <c r="H773" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774">
+        <v>455</v>
+      </c>
+      <c r="B774">
+        <v>109112</v>
+      </c>
+      <c r="C774" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D774" t="s">
+        <v>432</v>
+      </c>
+      <c r="E774" t="s">
+        <v>122</v>
+      </c>
+      <c r="F774">
+        <v>83901</v>
+      </c>
+      <c r="G774">
+        <v>1</v>
+      </c>
+      <c r="H774" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775">
+        <v>453</v>
+      </c>
+      <c r="B775">
+        <v>109112</v>
+      </c>
+      <c r="C775" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D775" t="s">
+        <v>432</v>
+      </c>
+      <c r="E775" t="s">
+        <v>270</v>
+      </c>
+      <c r="F775">
+        <v>119939</v>
+      </c>
+      <c r="G775">
+        <v>1</v>
+      </c>
+      <c r="H775" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776">
+        <v>452</v>
+      </c>
+      <c r="B776">
+        <v>109112</v>
+      </c>
+      <c r="C776" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D776" t="s">
+        <v>432</v>
+      </c>
+      <c r="E776" t="s">
+        <v>94</v>
+      </c>
+      <c r="F776">
+        <v>90025</v>
+      </c>
+      <c r="G776">
+        <v>1</v>
+      </c>
+      <c r="H776" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777">
+        <v>451</v>
+      </c>
+      <c r="B777">
+        <v>109112</v>
+      </c>
+      <c r="C777" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D777" t="s">
+        <v>432</v>
+      </c>
+      <c r="E777" t="s">
+        <v>34</v>
+      </c>
+      <c r="F777">
+        <v>96270</v>
+      </c>
+      <c r="G777">
+        <v>2</v>
+      </c>
+      <c r="H777" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778">
+        <v>450</v>
+      </c>
+      <c r="B778">
+        <v>109112</v>
+      </c>
+      <c r="C778" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D778" t="s">
+        <v>432</v>
+      </c>
+      <c r="E778" t="s">
+        <v>32</v>
+      </c>
+      <c r="F778">
+        <v>92367</v>
+      </c>
+      <c r="G778">
+        <v>1</v>
+      </c>
+      <c r="H778" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779">
+        <v>449</v>
+      </c>
+      <c r="B779">
+        <v>109112</v>
+      </c>
+      <c r="C779" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D779" t="s">
+        <v>432</v>
+      </c>
+      <c r="E779" t="s">
+        <v>22</v>
+      </c>
+      <c r="F779">
+        <v>68946</v>
+      </c>
+      <c r="G779">
+        <v>1</v>
+      </c>
+      <c r="H779" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780">
+        <v>448</v>
+      </c>
+      <c r="B780">
+        <v>109112</v>
+      </c>
+      <c r="C780" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D780" t="s">
+        <v>432</v>
+      </c>
+      <c r="E780" t="s">
+        <v>118</v>
+      </c>
+      <c r="F780">
+        <v>84560</v>
+      </c>
+      <c r="G780">
+        <v>2</v>
+      </c>
+      <c r="H780" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781">
+        <v>447</v>
+      </c>
+      <c r="B781">
+        <v>109112</v>
+      </c>
+      <c r="C781" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D781" t="s">
+        <v>432</v>
+      </c>
+      <c r="E781" t="s">
+        <v>20</v>
+      </c>
+      <c r="F781">
+        <v>72850</v>
+      </c>
+      <c r="G781">
+        <v>1</v>
+      </c>
+      <c r="H781" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782">
+        <v>446</v>
+      </c>
+      <c r="B782">
+        <v>109112</v>
+      </c>
+      <c r="C782" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D782" t="s">
+        <v>432</v>
+      </c>
+      <c r="E782" t="s">
+        <v>104</v>
+      </c>
+      <c r="F782">
+        <v>85211</v>
+      </c>
+      <c r="G782">
+        <v>3</v>
+      </c>
+      <c r="H782" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783">
+        <v>445</v>
+      </c>
+      <c r="B783">
+        <v>109112</v>
+      </c>
+      <c r="C783" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D783" t="s">
+        <v>432</v>
+      </c>
+      <c r="E783" t="s">
+        <v>86</v>
+      </c>
+      <c r="F783">
+        <v>56098</v>
+      </c>
+      <c r="G783">
+        <v>5</v>
+      </c>
+      <c r="H783" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784">
+        <v>649</v>
+      </c>
+      <c r="B784">
+        <v>109112</v>
+      </c>
+      <c r="C784" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D784" t="s">
+        <v>432</v>
+      </c>
+      <c r="E784" t="s">
+        <v>68</v>
+      </c>
+      <c r="F784">
+        <v>126183</v>
+      </c>
+      <c r="G784">
+        <v>1</v>
+      </c>
+      <c r="H784" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785">
+        <v>463</v>
+      </c>
+      <c r="B785">
+        <v>109112</v>
+      </c>
+      <c r="C785" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D785" t="s">
+        <v>432</v>
+      </c>
+      <c r="E785" t="s">
+        <v>229</v>
+      </c>
+      <c r="F785">
+        <v>96247</v>
+      </c>
+      <c r="G785">
+        <v>1</v>
+      </c>
+      <c r="H785" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786">
+        <v>464</v>
+      </c>
+      <c r="B786">
+        <v>109112</v>
+      </c>
+      <c r="C786" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D786" t="s">
+        <v>432</v>
+      </c>
+      <c r="E786" t="s">
+        <v>433</v>
+      </c>
+      <c r="F786">
+        <v>64516</v>
+      </c>
+      <c r="G786">
+        <v>1</v>
+      </c>
+      <c r="H786" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787">
+        <v>454</v>
+      </c>
+      <c r="B787">
+        <v>109112</v>
+      </c>
+      <c r="C787" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D787" t="s">
+        <v>432</v>
+      </c>
+      <c r="E787" t="s">
+        <v>387</v>
+      </c>
+      <c r="F787">
+        <v>108360</v>
+      </c>
+      <c r="G787">
+        <v>1</v>
+      </c>
+      <c r="H787" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788">
+        <v>466</v>
+      </c>
+      <c r="B788">
+        <v>109112</v>
+      </c>
+      <c r="C788" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D788" t="s">
+        <v>432</v>
+      </c>
+      <c r="E788" t="s">
+        <v>416</v>
+      </c>
+      <c r="F788">
+        <v>108750</v>
+      </c>
+      <c r="G788">
+        <v>2</v>
+      </c>
+      <c r="H788" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789">
+        <v>467</v>
+      </c>
+      <c r="B789">
+        <v>109112</v>
+      </c>
+      <c r="C789" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D789" t="s">
+        <v>432</v>
+      </c>
+      <c r="E789" t="s">
+        <v>42</v>
+      </c>
+      <c r="F789">
+        <v>42399</v>
+      </c>
+      <c r="G789">
+        <v>1</v>
+      </c>
+      <c r="H789" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790">
+        <v>468</v>
+      </c>
+      <c r="B790">
+        <v>109112</v>
+      </c>
+      <c r="C790" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D790" t="s">
+        <v>432</v>
+      </c>
+      <c r="E790" t="s">
+        <v>116</v>
+      </c>
+      <c r="F790">
+        <v>72842</v>
+      </c>
+      <c r="G790">
+        <v>1</v>
+      </c>
+      <c r="H790" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791">
+        <v>469</v>
+      </c>
+      <c r="B791">
+        <v>109112</v>
+      </c>
+      <c r="C791" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D791" t="s">
+        <v>432</v>
+      </c>
+      <c r="E791" t="s">
+        <v>44</v>
+      </c>
+      <c r="F791">
+        <v>62434</v>
+      </c>
+      <c r="G791">
+        <v>1</v>
+      </c>
+      <c r="H791" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792">
+        <v>465</v>
+      </c>
+      <c r="B792">
+        <v>109112</v>
+      </c>
+      <c r="C792" t="s" s="2">
+        <v>431</v>
+      </c>
+      <c r="D792" t="s">
+        <v>432</v>
+      </c>
+      <c r="E792" t="s">
+        <v>424</v>
+      </c>
+      <c r="F792">
+        <v>81936</v>
+      </c>
+      <c r="G792">
+        <v>1</v>
+      </c>
+      <c r="H792" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793">
+        <v>439</v>
+      </c>
+      <c r="B793">
+        <v>108563</v>
+      </c>
+      <c r="C793" t="s" s="2">
+        <v>435</v>
+      </c>
+      <c r="D793" t="s">
+        <v>436</v>
+      </c>
+      <c r="E793" t="s">
+        <v>86</v>
+      </c>
+      <c r="F793">
+        <v>57033</v>
+      </c>
+      <c r="G793">
+        <v>4</v>
+      </c>
+      <c r="H793" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794">
+        <v>438</v>
+      </c>
+      <c r="B794">
+        <v>108563</v>
+      </c>
+      <c r="C794" t="s" s="2">
+        <v>435</v>
+      </c>
+      <c r="D794" t="s">
+        <v>436</v>
+      </c>
+      <c r="E794" t="s">
+        <v>437</v>
+      </c>
+      <c r="F794">
+        <v>135890</v>
+      </c>
+      <c r="G794">
+        <v>1</v>
+      </c>
+      <c r="H794" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795">
+        <v>437</v>
+      </c>
+      <c r="B795">
+        <v>108563</v>
+      </c>
+      <c r="C795" t="s" s="2">
+        <v>435</v>
+      </c>
+      <c r="D795" t="s">
+        <v>436</v>
+      </c>
+      <c r="E795" t="s">
+        <v>233</v>
+      </c>
+      <c r="F795">
+        <v>79225</v>
+      </c>
+      <c r="G795">
+        <v>5</v>
+      </c>
+      <c r="H795" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796">
+        <v>647</v>
+      </c>
+      <c r="B796">
+        <v>108563</v>
+      </c>
+      <c r="C796" t="s" s="2">
+        <v>435</v>
+      </c>
+      <c r="D796" t="s">
+        <v>436</v>
+      </c>
+      <c r="E796" t="s">
+        <v>233</v>
+      </c>
+      <c r="F796">
+        <v>79225</v>
+      </c>
+      <c r="G796">
+        <v>1</v>
+      </c>
+      <c r="H796" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797">
+        <v>434</v>
+      </c>
+      <c r="B797">
+        <v>108306</v>
+      </c>
+      <c r="C797" t="s" s="2">
+        <v>435</v>
+      </c>
+      <c r="D797" t="s">
+        <v>439</v>
+      </c>
+      <c r="E797" t="s">
+        <v>36</v>
+      </c>
+      <c r="F797">
+        <v>70000</v>
+      </c>
+      <c r="G797">
+        <v>1</v>
+      </c>
+      <c r="H797" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798">
+        <v>429</v>
+      </c>
+      <c r="B798">
+        <v>108022</v>
+      </c>
+      <c r="C798" t="s" s="2">
+        <v>440</v>
+      </c>
+      <c r="D798" t="s">
+        <v>441</v>
+      </c>
+      <c r="E798" t="s">
+        <v>86</v>
+      </c>
+      <c r="F798">
+        <v>55203</v>
+      </c>
+      <c r="G798">
+        <v>1</v>
+      </c>
+      <c r="H798" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799">
+        <v>430</v>
+      </c>
+      <c r="B799">
+        <v>108022</v>
+      </c>
+      <c r="C799" t="s" s="2">
+        <v>440</v>
+      </c>
+      <c r="D799" t="s">
+        <v>441</v>
+      </c>
+      <c r="E799" t="s">
+        <v>122</v>
+      </c>
+      <c r="F799">
+        <v>82977</v>
+      </c>
+      <c r="G799">
+        <v>1</v>
+      </c>
+      <c r="H799" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800">
+        <v>424</v>
+      </c>
+      <c r="B800">
+        <v>107385</v>
+      </c>
+      <c r="C800" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D800" t="s">
+        <v>443</v>
+      </c>
+      <c r="E800" t="s">
+        <v>444</v>
+      </c>
+      <c r="F800">
+        <v>625</v>
+      </c>
+      <c r="G800">
+        <v>8</v>
+      </c>
+      <c r="H800" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801">
+        <v>427</v>
+      </c>
+      <c r="B801">
+        <v>107385</v>
+      </c>
+      <c r="C801" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D801" t="s">
+        <v>443</v>
+      </c>
+      <c r="E801" t="s">
+        <v>446</v>
+      </c>
+      <c r="F801">
+        <v>800</v>
+      </c>
+      <c r="G801">
+        <v>5</v>
+      </c>
+      <c r="H801" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802">
+        <v>428</v>
+      </c>
+      <c r="B802">
+        <v>107385</v>
+      </c>
+      <c r="C802" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D802" t="s">
+        <v>443</v>
+      </c>
+      <c r="E802" t="s">
+        <v>448</v>
+      </c>
+      <c r="F802">
+        <v>800</v>
+      </c>
+      <c r="G802">
+        <v>5</v>
+      </c>
+      <c r="H802" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803">
+        <v>423</v>
+      </c>
+      <c r="B803">
+        <v>107385</v>
+      </c>
+      <c r="C803" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D803" t="s">
+        <v>443</v>
+      </c>
+      <c r="E803" t="s">
+        <v>450</v>
+      </c>
+      <c r="F803">
+        <v>625</v>
+      </c>
+      <c r="G803">
+        <v>8</v>
+      </c>
+      <c r="H803" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804">
+        <v>422</v>
+      </c>
+      <c r="B804">
+        <v>107385</v>
+      </c>
+      <c r="C804" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D804" t="s">
+        <v>443</v>
+      </c>
+      <c r="E804" t="s">
+        <v>452</v>
+      </c>
+      <c r="F804">
+        <v>1059</v>
+      </c>
+      <c r="G804">
+        <v>8</v>
+      </c>
+      <c r="H804" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805">
+        <v>421</v>
+      </c>
+      <c r="B805">
+        <v>107385</v>
+      </c>
+      <c r="C805" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D805" t="s">
+        <v>443</v>
+      </c>
+      <c r="E805" t="s">
+        <v>248</v>
+      </c>
+      <c r="F805">
+        <v>4927</v>
+      </c>
+      <c r="G805">
+        <v>2</v>
+      </c>
+      <c r="H805" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806">
+        <v>425</v>
+      </c>
+      <c r="B806">
+        <v>107385</v>
+      </c>
+      <c r="C806" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D806" t="s">
+        <v>443</v>
+      </c>
+      <c r="E806" t="s">
+        <v>454</v>
+      </c>
+      <c r="F806">
+        <v>290</v>
+      </c>
+      <c r="G806">
+        <v>5</v>
+      </c>
+      <c r="H806" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807">
+        <v>426</v>
+      </c>
+      <c r="B807">
+        <v>107385</v>
+      </c>
+      <c r="C807" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D807" t="s">
+        <v>443</v>
+      </c>
+      <c r="E807" t="s">
+        <v>456</v>
+      </c>
+      <c r="F807">
+        <v>290</v>
+      </c>
+      <c r="G807">
+        <v>5</v>
+      </c>
+      <c r="H807" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808">
+        <v>419</v>
+      </c>
+      <c r="B808">
+        <v>107385</v>
+      </c>
+      <c r="C808" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D808" t="s">
+        <v>443</v>
+      </c>
+      <c r="E808" t="s">
+        <v>252</v>
+      </c>
+      <c r="F808">
+        <v>6983</v>
+      </c>
+      <c r="G808">
+        <v>4</v>
+      </c>
+      <c r="H808" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809">
+        <v>420</v>
+      </c>
+      <c r="B809">
+        <v>107385</v>
+      </c>
+      <c r="C809" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D809" t="s">
+        <v>443</v>
+      </c>
+      <c r="E809" t="s">
+        <v>240</v>
+      </c>
+      <c r="F809">
+        <v>5489</v>
+      </c>
+      <c r="G809">
+        <v>2</v>
+      </c>
+      <c r="H809" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810">
+        <v>648</v>
+      </c>
+      <c r="B810">
+        <v>107384</v>
+      </c>
+      <c r="C810" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D810" t="s">
+        <v>458</v>
+      </c>
+      <c r="E810" t="s">
+        <v>459</v>
+      </c>
+      <c r="F810">
+        <v>0</v>
+      </c>
+      <c r="G810">
+        <v>5</v>
+      </c>
+      <c r="H810" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811">
+        <v>399</v>
+      </c>
+      <c r="B811">
+        <v>107384</v>
+      </c>
+      <c r="C811" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D811" t="s">
+        <v>458</v>
+      </c>
+      <c r="E811" t="s">
+        <v>461</v>
+      </c>
+      <c r="F811">
+        <v>51051</v>
+      </c>
+      <c r="G811">
+        <v>2</v>
+      </c>
+      <c r="H811" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812">
+        <v>400</v>
+      </c>
+      <c r="B812">
+        <v>107384</v>
+      </c>
+      <c r="C812" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D812" t="s">
+        <v>458</v>
+      </c>
+      <c r="E812" t="s">
+        <v>142</v>
+      </c>
+      <c r="F812">
+        <v>102116</v>
+      </c>
+      <c r="G812">
+        <v>2</v>
+      </c>
+      <c r="H812" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813">
+        <v>401</v>
+      </c>
+      <c r="B813">
+        <v>107384</v>
+      </c>
+      <c r="C813" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D813" t="s">
+        <v>458</v>
+      </c>
+      <c r="E813" t="s">
+        <v>463</v>
+      </c>
+      <c r="F813">
+        <v>32872</v>
+      </c>
+      <c r="G813">
+        <v>2</v>
+      </c>
+      <c r="H813" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814">
+        <v>405</v>
+      </c>
+      <c r="B814">
+        <v>107384</v>
+      </c>
+      <c r="C814" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D814" t="s">
+        <v>458</v>
+      </c>
+      <c r="E814" t="s">
+        <v>465</v>
+      </c>
+      <c r="F814">
+        <v>56158</v>
+      </c>
+      <c r="G814">
+        <v>2</v>
+      </c>
+      <c r="H814" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815">
+        <v>650</v>
+      </c>
+      <c r="B815">
+        <v>107384</v>
+      </c>
+      <c r="C815" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D815" t="s">
+        <v>458</v>
+      </c>
+      <c r="E815" t="s">
+        <v>459</v>
+      </c>
+      <c r="F815">
+        <v>6000</v>
+      </c>
+      <c r="G815">
+        <v>2</v>
+      </c>
+      <c r="H815" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816">
+        <v>402</v>
+      </c>
+      <c r="B816">
+        <v>107384</v>
+      </c>
+      <c r="C816" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D816" t="s">
+        <v>458</v>
+      </c>
+      <c r="E816" t="s">
+        <v>467</v>
+      </c>
+      <c r="F816">
+        <v>67762</v>
+      </c>
+      <c r="G816">
+        <v>2</v>
+      </c>
+      <c r="H816" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817">
+        <v>403</v>
+      </c>
+      <c r="B817">
+        <v>107384</v>
+      </c>
+      <c r="C817" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D817" t="s">
+        <v>458</v>
+      </c>
+      <c r="E817" t="s">
+        <v>329</v>
+      </c>
+      <c r="F817">
+        <v>53196</v>
+      </c>
+      <c r="G817">
+        <v>1</v>
+      </c>
+      <c r="H817" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818">
+        <v>404</v>
+      </c>
+      <c r="B818">
+        <v>107384</v>
+      </c>
+      <c r="C818" t="s" s="2">
+        <v>442</v>
+      </c>
+      <c r="D818" t="s">
+        <v>458</v>
+      </c>
+      <c r="E818" t="s">
+        <v>469</v>
+      </c>
+      <c r="F818">
+        <v>31889</v>
+      </c>
+      <c r="G818">
+        <v>2</v>
+      </c>
+      <c r="H818" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819">
+        <v>411</v>
+      </c>
+      <c r="B819">
+        <v>107346</v>
+      </c>
+      <c r="C819" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D819" t="s">
+        <v>472</v>
+      </c>
+      <c r="E819" t="s">
+        <v>36</v>
+      </c>
+      <c r="F819">
+        <v>71094</v>
+      </c>
+      <c r="G819">
+        <v>1</v>
+      </c>
+      <c r="H819" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820">
+        <v>410</v>
+      </c>
+      <c r="B820">
+        <v>107346</v>
+      </c>
+      <c r="C820" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D820" t="s">
+        <v>472</v>
+      </c>
+      <c r="E820" t="s">
+        <v>122</v>
+      </c>
+      <c r="F820">
+        <v>82328</v>
+      </c>
+      <c r="G820">
+        <v>3</v>
+      </c>
+      <c r="H820" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821">
+        <v>408</v>
+      </c>
+      <c r="B821">
+        <v>107346</v>
+      </c>
+      <c r="C821" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D821" t="s">
+        <v>472</v>
+      </c>
+      <c r="E821" t="s">
+        <v>86</v>
+      </c>
+      <c r="F821">
+        <v>55089</v>
+      </c>
+      <c r="G821">
+        <v>5</v>
+      </c>
+      <c r="H821" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822">
+        <v>406</v>
+      </c>
+      <c r="B822">
+        <v>107346</v>
+      </c>
+      <c r="C822" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D822" t="s">
+        <v>472</v>
+      </c>
+      <c r="E822" t="s">
+        <v>116</v>
+      </c>
+      <c r="F822">
+        <v>71477</v>
+      </c>
+      <c r="G822">
+        <v>1</v>
+      </c>
+      <c r="H822" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823">
+        <v>407</v>
+      </c>
+      <c r="B823">
+        <v>107346</v>
+      </c>
+      <c r="C823" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D823" t="s">
+        <v>472</v>
+      </c>
+      <c r="E823" t="s">
+        <v>94</v>
+      </c>
+      <c r="F823">
+        <v>88584</v>
+      </c>
+      <c r="G823">
+        <v>1</v>
+      </c>
+      <c r="H823" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824">
+        <v>418</v>
+      </c>
+      <c r="B824">
+        <v>107346</v>
+      </c>
+      <c r="C824" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D824" t="s">
+        <v>472</v>
+      </c>
+      <c r="E824" t="s">
+        <v>416</v>
+      </c>
+      <c r="F824">
+        <v>106711</v>
+      </c>
+      <c r="G824">
+        <v>1</v>
+      </c>
+      <c r="H824" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825">
+        <v>416</v>
+      </c>
+      <c r="B825">
+        <v>107346</v>
+      </c>
+      <c r="C825" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D825" t="s">
+        <v>472</v>
+      </c>
+      <c r="E825" t="s">
+        <v>44</v>
+      </c>
+      <c r="F825">
+        <v>61264</v>
+      </c>
+      <c r="G825">
+        <v>2</v>
+      </c>
+      <c r="H825" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826">
+        <v>415</v>
+      </c>
+      <c r="B826">
+        <v>107346</v>
+      </c>
+      <c r="C826" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D826" t="s">
+        <v>472</v>
+      </c>
+      <c r="E826" t="s">
+        <v>40</v>
+      </c>
+      <c r="F826">
+        <v>56131</v>
+      </c>
+      <c r="G826">
+        <v>2</v>
+      </c>
+      <c r="H826" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827">
+        <v>414</v>
+      </c>
+      <c r="B827">
+        <v>107346</v>
+      </c>
+      <c r="C827" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D827" t="s">
+        <v>472</v>
+      </c>
+      <c r="E827" t="s">
+        <v>424</v>
+      </c>
+      <c r="F827">
+        <v>79124</v>
+      </c>
+      <c r="G827">
+        <v>1</v>
+      </c>
+      <c r="H827" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828">
+        <v>398</v>
+      </c>
+      <c r="B828">
+        <v>107346</v>
+      </c>
+      <c r="C828" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D828" t="s">
+        <v>472</v>
+      </c>
+      <c r="E828" t="s">
+        <v>473</v>
+      </c>
+      <c r="F828">
+        <v>45945</v>
+      </c>
+      <c r="G828">
+        <v>1</v>
+      </c>
+      <c r="H828" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829">
+        <v>413</v>
+      </c>
+      <c r="B829">
+        <v>107346</v>
+      </c>
+      <c r="C829" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D829" t="s">
+        <v>472</v>
+      </c>
+      <c r="E829" t="s">
+        <v>28</v>
+      </c>
+      <c r="F829">
+        <v>41477</v>
+      </c>
+      <c r="G829">
+        <v>1</v>
+      </c>
+      <c r="H829" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830">
+        <v>397</v>
+      </c>
+      <c r="B830">
+        <v>107346</v>
+      </c>
+      <c r="C830" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D830" t="s">
+        <v>472</v>
+      </c>
+      <c r="E830" t="s">
+        <v>214</v>
+      </c>
+      <c r="F830">
+        <v>99562</v>
+      </c>
+      <c r="G830">
+        <v>1</v>
+      </c>
+      <c r="H830" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831">
+        <v>417</v>
+      </c>
+      <c r="B831">
+        <v>107346</v>
+      </c>
+      <c r="C831" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D831" t="s">
+        <v>472</v>
+      </c>
+      <c r="E831" t="s">
+        <v>46</v>
+      </c>
+      <c r="F831">
+        <v>59987</v>
+      </c>
+      <c r="G831">
+        <v>2</v>
+      </c>
+      <c r="H831" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832">
+        <v>412</v>
+      </c>
+      <c r="B832">
+        <v>107346</v>
+      </c>
+      <c r="C832" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D832" t="s">
+        <v>472</v>
+      </c>
+      <c r="E832" t="s">
+        <v>42</v>
+      </c>
+      <c r="F832">
+        <v>40328</v>
+      </c>
+      <c r="G832">
+        <v>1</v>
+      </c>
+      <c r="H832" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833">
+        <v>409</v>
+      </c>
+      <c r="B833">
+        <v>107346</v>
+      </c>
+      <c r="C833" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D833" t="s">
+        <v>472</v>
+      </c>
+      <c r="E833" t="s">
+        <v>38</v>
+      </c>
+      <c r="F833">
+        <v>63434</v>
+      </c>
+      <c r="G833">
+        <v>2</v>
+      </c>
+      <c r="H833" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834">
+        <v>435</v>
+      </c>
+      <c r="B834">
+        <v>107346</v>
+      </c>
+      <c r="C834" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D834" t="s">
+        <v>472</v>
+      </c>
+      <c r="E834" t="s">
+        <v>233</v>
+      </c>
+      <c r="F834">
+        <v>77860</v>
+      </c>
+      <c r="G834">
+        <v>2</v>
+      </c>
+      <c r="H834" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835">
+        <v>431</v>
+      </c>
+      <c r="B835">
+        <v>107346</v>
+      </c>
+      <c r="C835" t="s" s="2">
+        <v>471</v>
+      </c>
+      <c r="D835" t="s">
+        <v>472</v>
+      </c>
+      <c r="E835" t="s">
+        <v>475</v>
+      </c>
+      <c r="F835">
+        <v>155478</v>
+      </c>
+      <c r="G835">
+        <v>1</v>
+      </c>
+      <c r="H835" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836">
+        <v>385</v>
+      </c>
+      <c r="B836">
+        <v>104749</v>
+      </c>
+      <c r="C836" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D836" t="s">
+        <v>478</v>
+      </c>
+      <c r="E836" t="s">
+        <v>416</v>
+      </c>
+      <c r="F836">
+        <v>105535</v>
+      </c>
+      <c r="G836">
+        <v>1</v>
+      </c>
+      <c r="H836" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837">
+        <v>391</v>
+      </c>
+      <c r="B837">
+        <v>104749</v>
+      </c>
+      <c r="C837" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D837" t="s">
+        <v>478</v>
+      </c>
+      <c r="E837" t="s">
+        <v>34</v>
+      </c>
+      <c r="F837">
+        <v>92113</v>
+      </c>
+      <c r="G837">
+        <v>1</v>
+      </c>
+      <c r="H837" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838">
+        <v>392</v>
+      </c>
+      <c r="B838">
+        <v>104749</v>
+      </c>
+      <c r="C838" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D838" t="s">
+        <v>478</v>
+      </c>
+      <c r="E838" t="s">
+        <v>40</v>
+      </c>
+      <c r="F838">
+        <v>55515</v>
+      </c>
+      <c r="G838">
+        <v>1</v>
+      </c>
+      <c r="H838" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839">
+        <v>393</v>
+      </c>
+      <c r="B839">
+        <v>104749</v>
+      </c>
+      <c r="C839" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D839" t="s">
+        <v>478</v>
+      </c>
+      <c r="E839" t="s">
+        <v>44</v>
+      </c>
+      <c r="F839">
+        <v>60589</v>
+      </c>
+      <c r="G839">
+        <v>1</v>
+      </c>
+      <c r="H839" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840">
+        <v>388</v>
+      </c>
+      <c r="B840">
+        <v>104749</v>
+      </c>
+      <c r="C840" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D840" t="s">
+        <v>478</v>
+      </c>
+      <c r="E840" t="s">
+        <v>479</v>
+      </c>
+      <c r="F840">
+        <v>92152</v>
+      </c>
+      <c r="G840">
+        <v>1</v>
+      </c>
+      <c r="H840" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841">
+        <v>387</v>
+      </c>
+      <c r="B841">
+        <v>104749</v>
+      </c>
+      <c r="C841" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D841" t="s">
+        <v>478</v>
+      </c>
+      <c r="E841" t="s">
+        <v>306</v>
+      </c>
+      <c r="F841">
+        <v>90511</v>
+      </c>
+      <c r="G841">
+        <v>1</v>
+      </c>
+      <c r="H841" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842">
+        <v>386</v>
+      </c>
+      <c r="B842">
+        <v>104749</v>
+      </c>
+      <c r="C842" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D842" t="s">
+        <v>478</v>
+      </c>
+      <c r="E842" t="s">
+        <v>124</v>
+      </c>
+      <c r="F842">
+        <v>71939</v>
+      </c>
+      <c r="G842">
+        <v>1</v>
+      </c>
+      <c r="H842" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843">
+        <v>384</v>
+      </c>
+      <c r="B843">
+        <v>104749</v>
+      </c>
+      <c r="C843" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D843" t="s">
+        <v>478</v>
+      </c>
+      <c r="E843" t="s">
+        <v>304</v>
+      </c>
+      <c r="F843">
+        <v>161591</v>
+      </c>
+      <c r="G843">
+        <v>1</v>
+      </c>
+      <c r="H843" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844">
+        <v>383</v>
+      </c>
+      <c r="B844">
+        <v>104749</v>
+      </c>
+      <c r="C844" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D844" t="s">
+        <v>478</v>
+      </c>
+      <c r="E844" t="s">
+        <v>481</v>
+      </c>
+      <c r="F844">
+        <v>61851</v>
+      </c>
+      <c r="G844">
+        <v>1</v>
+      </c>
+      <c r="H844" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845">
+        <v>382</v>
+      </c>
+      <c r="B845">
+        <v>104749</v>
+      </c>
+      <c r="C845" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D845" t="s">
+        <v>478</v>
+      </c>
+      <c r="E845" t="s">
+        <v>483</v>
+      </c>
+      <c r="F845">
+        <v>62735</v>
+      </c>
+      <c r="G845">
+        <v>2</v>
+      </c>
+      <c r="H845" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846">
+        <v>381</v>
+      </c>
+      <c r="B846">
+        <v>104749</v>
+      </c>
+      <c r="C846" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D846" t="s">
+        <v>478</v>
+      </c>
+      <c r="E846" t="s">
+        <v>424</v>
+      </c>
+      <c r="F846">
+        <v>78251</v>
+      </c>
+      <c r="G846">
+        <v>1</v>
+      </c>
+      <c r="H846" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847">
+        <v>380</v>
+      </c>
+      <c r="B847">
+        <v>104749</v>
+      </c>
+      <c r="C847" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D847" t="s">
+        <v>478</v>
+      </c>
+      <c r="E847" t="s">
+        <v>30</v>
+      </c>
+      <c r="F847">
+        <v>50488</v>
+      </c>
+      <c r="G847">
+        <v>1</v>
+      </c>
+      <c r="H847" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848">
+        <v>379</v>
+      </c>
+      <c r="B848">
+        <v>104749</v>
+      </c>
+      <c r="C848" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D848" t="s">
+        <v>478</v>
+      </c>
+      <c r="E848" t="s">
+        <v>122</v>
+      </c>
+      <c r="F848">
+        <v>82052</v>
+      </c>
+      <c r="G848">
+        <v>1</v>
+      </c>
+      <c r="H848" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849">
+        <v>378</v>
+      </c>
+      <c r="B849">
+        <v>104749</v>
+      </c>
+      <c r="C849" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D849" t="s">
+        <v>478</v>
+      </c>
+      <c r="E849" t="s">
+        <v>94</v>
+      </c>
+      <c r="F849">
+        <v>87607</v>
+      </c>
+      <c r="G849">
+        <v>3</v>
+      </c>
+      <c r="H849" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850">
+        <v>377</v>
+      </c>
+      <c r="B850">
+        <v>104749</v>
+      </c>
+      <c r="C850" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D850" t="s">
+        <v>478</v>
+      </c>
+      <c r="E850" t="s">
+        <v>395</v>
+      </c>
+      <c r="F850">
+        <v>116771</v>
+      </c>
+      <c r="G850">
+        <v>1</v>
+      </c>
+      <c r="H850" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851">
+        <v>376</v>
+      </c>
+      <c r="B851">
+        <v>104749</v>
+      </c>
+      <c r="C851" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D851" t="s">
+        <v>478</v>
+      </c>
+      <c r="E851" t="s">
+        <v>86</v>
+      </c>
+      <c r="F851">
+        <v>54276</v>
+      </c>
+      <c r="G851">
+        <v>1</v>
+      </c>
+      <c r="H851" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852">
+        <v>390</v>
+      </c>
+      <c r="B852">
+        <v>104749</v>
+      </c>
+      <c r="C852" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D852" t="s">
+        <v>478</v>
+      </c>
+      <c r="E852" t="s">
+        <v>20</v>
+      </c>
+      <c r="F852">
+        <v>66901</v>
+      </c>
+      <c r="G852">
+        <v>1</v>
+      </c>
+      <c r="H852" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853">
+        <v>389</v>
+      </c>
+      <c r="B853">
+        <v>104749</v>
+      </c>
+      <c r="C853" t="s" s="2">
+        <v>477</v>
+      </c>
+      <c r="D853" t="s">
+        <v>478</v>
+      </c>
+      <c r="E853" t="s">
+        <v>282</v>
+      </c>
+      <c r="F853">
+        <v>61712</v>
+      </c>
+      <c r="G853">
+        <v>1</v>
+      </c>
+      <c r="H853" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854">
+        <v>375</v>
+      </c>
+      <c r="B854">
+        <v>103293</v>
+      </c>
+      <c r="C854" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D854" t="s">
+        <v>89</v>
+      </c>
+      <c r="E854" t="s">
+        <v>104</v>
+      </c>
+      <c r="F854">
+        <v>83750</v>
+      </c>
+      <c r="G854">
+        <v>1</v>
+      </c>
+      <c r="H854" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855">
+        <v>374</v>
+      </c>
+      <c r="B855">
+        <v>103293</v>
+      </c>
+      <c r="C855" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D855" t="s">
+        <v>89</v>
+      </c>
+      <c r="E855" t="s">
+        <v>118</v>
+      </c>
+      <c r="F855">
+        <v>83111</v>
+      </c>
+      <c r="G855">
+        <v>1</v>
+      </c>
+      <c r="H855" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856">
+        <v>372</v>
+      </c>
+      <c r="B856">
+        <v>103293</v>
+      </c>
+      <c r="C856" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D856" t="s">
+        <v>89</v>
+      </c>
+      <c r="E856" t="s">
+        <v>20</v>
+      </c>
+      <c r="F856">
+        <v>67765</v>
+      </c>
+      <c r="G856">
+        <v>1</v>
+      </c>
+      <c r="H856" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857">
+        <v>371</v>
+      </c>
+      <c r="B857">
+        <v>103293</v>
+      </c>
+      <c r="C857" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D857" t="s">
+        <v>89</v>
+      </c>
+      <c r="E857" t="s">
+        <v>10</v>
+      </c>
+      <c r="F857">
+        <v>114826</v>
+      </c>
+      <c r="G857">
+        <v>2</v>
+      </c>
+      <c r="H857" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858">
+        <v>370</v>
+      </c>
+      <c r="B858">
+        <v>103293</v>
+      </c>
+      <c r="C858" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D858" t="s">
+        <v>89</v>
+      </c>
+      <c r="E858" t="s">
+        <v>416</v>
+      </c>
+      <c r="F858">
+        <v>106897</v>
+      </c>
+      <c r="G858">
+        <v>2</v>
+      </c>
+      <c r="H858" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859">
+        <v>369</v>
+      </c>
+      <c r="B859">
+        <v>103293</v>
+      </c>
+      <c r="C859" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D859" t="s">
+        <v>89</v>
+      </c>
+      <c r="E859" t="s">
+        <v>282</v>
+      </c>
+      <c r="F859">
+        <v>62468</v>
+      </c>
+      <c r="G859">
+        <v>1</v>
+      </c>
+      <c r="H859" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860">
+        <v>368</v>
+      </c>
+      <c r="B860">
+        <v>103293</v>
+      </c>
+      <c r="C860" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D860" t="s">
+        <v>89</v>
+      </c>
+      <c r="E860" t="s">
+        <v>314</v>
+      </c>
+      <c r="F860">
+        <v>66047</v>
+      </c>
+      <c r="G860">
+        <v>1</v>
+      </c>
+      <c r="H860" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861">
+        <v>367</v>
+      </c>
+      <c r="B861">
+        <v>103293</v>
+      </c>
+      <c r="C861" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D861" t="s">
+        <v>89</v>
+      </c>
+      <c r="E861" t="s">
+        <v>56</v>
+      </c>
+      <c r="F861">
+        <v>87344</v>
+      </c>
+      <c r="G861">
+        <v>1</v>
+      </c>
+      <c r="H861" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862">
+        <v>366</v>
+      </c>
+      <c r="B862">
+        <v>103293</v>
+      </c>
+      <c r="C862" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D862" t="s">
+        <v>89</v>
+      </c>
+      <c r="E862" t="s">
+        <v>412</v>
+      </c>
+      <c r="F862">
+        <v>80822</v>
+      </c>
+      <c r="G862">
+        <v>1</v>
+      </c>
+      <c r="H862" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863">
+        <v>373</v>
+      </c>
+      <c r="B863">
+        <v>103293</v>
+      </c>
+      <c r="C863" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D863" t="s">
+        <v>89</v>
+      </c>
+      <c r="E863" t="s">
+        <v>22</v>
+      </c>
+      <c r="F863">
+        <v>66486</v>
+      </c>
+      <c r="G863">
+        <v>1</v>
+      </c>
+      <c r="H863" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864">
+        <v>352</v>
+      </c>
+      <c r="B864">
+        <v>103292</v>
+      </c>
+      <c r="C864" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D864" t="s">
+        <v>486</v>
+      </c>
+      <c r="E864" t="s">
+        <v>20</v>
+      </c>
+      <c r="F864">
+        <v>67765</v>
+      </c>
+      <c r="G864">
+        <v>1</v>
+      </c>
+      <c r="H864" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865">
+        <v>355</v>
+      </c>
+      <c r="B865">
+        <v>103292</v>
+      </c>
+      <c r="C865" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D865" t="s">
+        <v>486</v>
+      </c>
+      <c r="E865" t="s">
+        <v>104</v>
+      </c>
+      <c r="F865">
+        <v>83750</v>
+      </c>
+      <c r="G865">
+        <v>2</v>
+      </c>
+      <c r="H865" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866">
+        <v>356</v>
+      </c>
+      <c r="B866">
+        <v>103292</v>
+      </c>
+      <c r="C866" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D866" t="s">
+        <v>486</v>
+      </c>
+      <c r="E866" t="s">
+        <v>158</v>
+      </c>
+      <c r="F866">
+        <v>7007</v>
+      </c>
+      <c r="G866">
+        <v>4</v>
+      </c>
+      <c r="H866" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867">
+        <v>357</v>
+      </c>
+      <c r="B867">
+        <v>103292</v>
+      </c>
+      <c r="C867" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D867" t="s">
+        <v>486</v>
+      </c>
+      <c r="E867" t="s">
+        <v>160</v>
+      </c>
+      <c r="F867">
+        <v>10217</v>
+      </c>
+      <c r="G867">
+        <v>4</v>
+      </c>
+      <c r="H867" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868">
+        <v>358</v>
+      </c>
+      <c r="B868">
+        <v>103292</v>
+      </c>
+      <c r="C868" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D868" t="s">
+        <v>486</v>
+      </c>
+      <c r="E868" t="s">
+        <v>370</v>
+      </c>
+      <c r="F868">
+        <v>236</v>
+      </c>
+      <c r="G868">
+        <v>5</v>
+      </c>
+      <c r="H868" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869">
+        <v>359</v>
+      </c>
+      <c r="B869">
+        <v>103292</v>
+      </c>
+      <c r="C869" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D869" t="s">
+        <v>486</v>
+      </c>
+      <c r="E869" t="s">
+        <v>292</v>
+      </c>
+      <c r="F869">
+        <v>396</v>
+      </c>
+      <c r="G869">
+        <v>2</v>
+      </c>
+      <c r="H869" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870">
+        <v>360</v>
+      </c>
+      <c r="B870">
+        <v>103292</v>
+      </c>
+      <c r="C870" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D870" t="s">
+        <v>486</v>
+      </c>
+      <c r="E870" t="s">
+        <v>294</v>
+      </c>
+      <c r="F870">
+        <v>626</v>
+      </c>
+      <c r="G870">
+        <v>2</v>
+      </c>
+      <c r="H870" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871">
+        <v>361</v>
+      </c>
+      <c r="B871">
+        <v>103292</v>
+      </c>
+      <c r="C871" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D871" t="s">
+        <v>486</v>
+      </c>
+      <c r="E871" t="s">
+        <v>184</v>
+      </c>
+      <c r="F871">
+        <v>255</v>
+      </c>
+      <c r="G871">
+        <v>5</v>
+      </c>
+      <c r="H871" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872">
+        <v>362</v>
+      </c>
+      <c r="B872">
+        <v>103292</v>
+      </c>
+      <c r="C872" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D872" t="s">
+        <v>486</v>
+      </c>
+      <c r="E872" t="s">
+        <v>487</v>
+      </c>
+      <c r="F872">
+        <v>422</v>
+      </c>
+      <c r="G872">
+        <v>3</v>
+      </c>
+      <c r="H872" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873">
+        <v>363</v>
+      </c>
+      <c r="B873">
+        <v>103292</v>
+      </c>
+      <c r="C873" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D873" t="s">
+        <v>486</v>
+      </c>
+      <c r="E873" t="s">
+        <v>164</v>
+      </c>
+      <c r="F873">
+        <v>638</v>
+      </c>
+      <c r="G873">
+        <v>13</v>
+      </c>
+      <c r="H873" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874">
+        <v>364</v>
+      </c>
+      <c r="B874">
+        <v>103292</v>
+      </c>
+      <c r="C874" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D874" t="s">
+        <v>486</v>
+      </c>
+      <c r="E874" t="s">
+        <v>170</v>
+      </c>
+      <c r="F874">
+        <v>879</v>
+      </c>
+      <c r="G874">
+        <v>9</v>
+      </c>
+      <c r="H874" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875">
+        <v>365</v>
+      </c>
+      <c r="B875">
+        <v>103292</v>
+      </c>
+      <c r="C875" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D875" t="s">
+        <v>486</v>
+      </c>
+      <c r="E875" t="s">
+        <v>44</v>
+      </c>
+      <c r="F875">
+        <v>61371</v>
+      </c>
+      <c r="G875">
+        <v>1</v>
+      </c>
+      <c r="H875" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876">
+        <v>394</v>
+      </c>
+      <c r="B876">
+        <v>103292</v>
+      </c>
+      <c r="C876" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D876" t="s">
+        <v>486</v>
+      </c>
+      <c r="E876" t="s">
+        <v>308</v>
+      </c>
+      <c r="F876">
+        <v>106390</v>
+      </c>
+      <c r="G876">
+        <v>1</v>
+      </c>
+      <c r="H876" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877">
+        <v>353</v>
+      </c>
+      <c r="B877">
+        <v>103292</v>
+      </c>
+      <c r="C877" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D877" t="s">
+        <v>486</v>
+      </c>
+      <c r="E877" t="s">
+        <v>22</v>
+      </c>
+      <c r="F877">
+        <v>66486</v>
+      </c>
+      <c r="G877">
+        <v>1</v>
+      </c>
+      <c r="H877" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878">
+        <v>351</v>
+      </c>
+      <c r="B878">
+        <v>103292</v>
+      </c>
+      <c r="C878" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D878" t="s">
+        <v>486</v>
+      </c>
+      <c r="E878" t="s">
+        <v>433</v>
+      </c>
+      <c r="F878">
+        <v>61371</v>
+      </c>
+      <c r="G878">
+        <v>1</v>
+      </c>
+      <c r="H878" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879">
+        <v>354</v>
+      </c>
+      <c r="B879">
+        <v>103292</v>
+      </c>
+      <c r="C879" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D879" t="s">
+        <v>486</v>
+      </c>
+      <c r="E879" t="s">
+        <v>118</v>
+      </c>
+      <c r="F879">
+        <v>83111</v>
+      </c>
+      <c r="G879">
+        <v>1</v>
+      </c>
+      <c r="H879" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880">
+        <v>350</v>
+      </c>
+      <c r="B880">
+        <v>103292</v>
+      </c>
+      <c r="C880" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D880" t="s">
+        <v>486</v>
+      </c>
+      <c r="E880" t="s">
+        <v>10</v>
+      </c>
+      <c r="F880">
+        <v>114826</v>
+      </c>
+      <c r="G880">
+        <v>4</v>
+      </c>
+      <c r="H880" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881">
+        <v>349</v>
+      </c>
+      <c r="B881">
+        <v>103292</v>
+      </c>
+      <c r="C881" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D881" t="s">
+        <v>486</v>
+      </c>
+      <c r="E881" t="s">
+        <v>356</v>
+      </c>
+      <c r="F881">
+        <v>108687</v>
+      </c>
+      <c r="G881">
+        <v>1</v>
+      </c>
+      <c r="H881" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882">
+        <v>348</v>
+      </c>
+      <c r="B882">
+        <v>103292</v>
+      </c>
+      <c r="C882" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D882" t="s">
+        <v>486</v>
+      </c>
+      <c r="E882" t="s">
+        <v>150</v>
+      </c>
+      <c r="F882">
+        <v>2020</v>
+      </c>
+      <c r="G882">
+        <v>4</v>
+      </c>
+      <c r="H882" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883">
+        <v>347</v>
+      </c>
+      <c r="B883">
+        <v>103292</v>
+      </c>
+      <c r="C883" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D883" t="s">
+        <v>486</v>
+      </c>
+      <c r="E883" t="s">
+        <v>416</v>
+      </c>
+      <c r="F883">
+        <v>106897</v>
+      </c>
+      <c r="G883">
+        <v>1</v>
+      </c>
+      <c r="H883" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884">
+        <v>346</v>
+      </c>
+      <c r="B884">
+        <v>103292</v>
+      </c>
+      <c r="C884" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D884" t="s">
+        <v>486</v>
+      </c>
+      <c r="E884" t="s">
+        <v>122</v>
+      </c>
+      <c r="F884">
+        <v>83111</v>
+      </c>
+      <c r="G884">
+        <v>1</v>
+      </c>
+      <c r="H884" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885">
+        <v>345</v>
+      </c>
+      <c r="B885">
+        <v>103292</v>
+      </c>
+      <c r="C885" t="s" s="2">
+        <v>485</v>
+      </c>
+      <c r="D885" t="s">
+        <v>486</v>
+      </c>
+      <c r="E885" t="s">
+        <v>86</v>
+      </c>
+      <c r="F885">
+        <v>54976</v>
+      </c>
+      <c r="G885">
+        <v>5</v>
+      </c>
+      <c r="H885" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886">
+        <v>337</v>
+      </c>
+      <c r="B886">
+        <v>102981</v>
+      </c>
+      <c r="C886" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D886" t="s">
+        <v>490</v>
+      </c>
+      <c r="E886" t="s">
+        <v>44</v>
+      </c>
+      <c r="F886">
+        <v>60354</v>
+      </c>
+      <c r="G886">
+        <v>1</v>
+      </c>
+      <c r="H886" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887">
+        <v>327</v>
+      </c>
+      <c r="B887">
+        <v>102981</v>
+      </c>
+      <c r="C887" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D887" t="s">
+        <v>490</v>
+      </c>
+      <c r="E887" t="s">
+        <v>122</v>
+      </c>
+      <c r="F887">
+        <v>81733</v>
+      </c>
+      <c r="G887">
+        <v>1</v>
+      </c>
+      <c r="H887" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888">
+        <v>323</v>
+      </c>
+      <c r="B888">
+        <v>102981</v>
+      </c>
+      <c r="C888" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D888" t="s">
+        <v>490</v>
+      </c>
+      <c r="E888" t="s">
+        <v>491</v>
+      </c>
+      <c r="F888">
+        <v>60354</v>
+      </c>
+      <c r="G888">
+        <v>1</v>
+      </c>
+      <c r="H888" s="3">
+        <v>6934177779961</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889">
+        <v>325</v>
+      </c>
+      <c r="B889">
+        <v>102981</v>
+      </c>
+      <c r="C889" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D889" t="s">
+        <v>490</v>
+      </c>
+      <c r="E889" t="s">
+        <v>30</v>
+      </c>
+      <c r="F889">
+        <v>50292</v>
+      </c>
+      <c r="G889">
+        <v>1</v>
+      </c>
+      <c r="H889" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890">
+        <v>330</v>
+      </c>
+      <c r="B890">
+        <v>102981</v>
+      </c>
+      <c r="C890" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D890" t="s">
+        <v>490</v>
+      </c>
+      <c r="E890" t="s">
+        <v>212</v>
+      </c>
+      <c r="F890">
+        <v>133548</v>
+      </c>
+      <c r="G890">
+        <v>1</v>
+      </c>
+      <c r="H890" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891">
+        <v>331</v>
+      </c>
+      <c r="B891">
+        <v>102981</v>
+      </c>
+      <c r="C891" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D891" t="s">
+        <v>490</v>
+      </c>
+      <c r="E891" t="s">
+        <v>10</v>
+      </c>
+      <c r="F891">
+        <v>113174</v>
+      </c>
+      <c r="G891">
+        <v>1</v>
+      </c>
+      <c r="H891" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892">
+        <v>332</v>
+      </c>
+      <c r="B892">
+        <v>102981</v>
+      </c>
+      <c r="C892" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D892" t="s">
+        <v>490</v>
+      </c>
+      <c r="E892" t="s">
+        <v>288</v>
+      </c>
+      <c r="F892">
+        <v>104371</v>
+      </c>
+      <c r="G892">
+        <v>1</v>
+      </c>
+      <c r="H892" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893">
+        <v>333</v>
+      </c>
+      <c r="B893">
+        <v>102981</v>
+      </c>
+      <c r="C893" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D893" t="s">
+        <v>490</v>
+      </c>
+      <c r="E893" t="s">
+        <v>433</v>
+      </c>
+      <c r="F893">
+        <v>60354</v>
+      </c>
+      <c r="G893">
+        <v>1</v>
+      </c>
+      <c r="H893" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894">
+        <v>326</v>
+      </c>
+      <c r="B894">
+        <v>102981</v>
+      </c>
+      <c r="C894" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D894" t="s">
+        <v>490</v>
+      </c>
+      <c r="E894" t="s">
+        <v>38</v>
+      </c>
+      <c r="F894">
+        <v>62617</v>
+      </c>
+      <c r="G894">
+        <v>1</v>
+      </c>
+      <c r="H894" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895">
+        <v>335</v>
+      </c>
+      <c r="B895">
+        <v>102981</v>
+      </c>
+      <c r="C895" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D895" t="s">
+        <v>490</v>
+      </c>
+      <c r="E895" t="s">
+        <v>492</v>
+      </c>
+      <c r="F895">
+        <v>105629</v>
+      </c>
+      <c r="G895">
+        <v>1</v>
+      </c>
+      <c r="H895" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896">
+        <v>336</v>
+      </c>
+      <c r="B896">
+        <v>102981</v>
+      </c>
+      <c r="C896" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D896" t="s">
+        <v>490</v>
+      </c>
+      <c r="E896" t="s">
+        <v>104</v>
+      </c>
+      <c r="F896">
+        <v>82362</v>
+      </c>
+      <c r="G896">
+        <v>2</v>
+      </c>
+      <c r="H896" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897">
+        <v>324</v>
+      </c>
+      <c r="B897">
+        <v>102981</v>
+      </c>
+      <c r="C897" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D897" t="s">
+        <v>490</v>
+      </c>
+      <c r="E897" t="s">
+        <v>86</v>
+      </c>
+      <c r="F897">
+        <v>54065</v>
+      </c>
+      <c r="G897">
+        <v>1</v>
+      </c>
+      <c r="H897" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898">
+        <v>334</v>
+      </c>
+      <c r="B898">
+        <v>102981</v>
+      </c>
+      <c r="C898" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D898" t="s">
+        <v>490</v>
+      </c>
+      <c r="E898" t="s">
+        <v>70</v>
+      </c>
+      <c r="F898">
+        <v>137950</v>
+      </c>
+      <c r="G898">
+        <v>1</v>
+      </c>
+      <c r="H898" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899">
+        <v>328</v>
+      </c>
+      <c r="B899">
+        <v>102981</v>
+      </c>
+      <c r="C899" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D899" t="s">
+        <v>490</v>
+      </c>
+      <c r="E899" t="s">
+        <v>36</v>
+      </c>
+      <c r="F899">
+        <v>70415</v>
+      </c>
+      <c r="G899">
+        <v>1</v>
+      </c>
+      <c r="H899" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900">
+        <v>329</v>
+      </c>
+      <c r="B900">
+        <v>102981</v>
+      </c>
+      <c r="C900" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D900" t="s">
+        <v>490</v>
+      </c>
+      <c r="E900" t="s">
+        <v>94</v>
+      </c>
+      <c r="F900">
+        <v>87267</v>
+      </c>
+      <c r="G900">
+        <v>1</v>
+      </c>
+      <c r="H900" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901">
+        <v>278</v>
+      </c>
+      <c r="B901">
+        <v>102981</v>
+      </c>
+      <c r="C901" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D901" t="s">
+        <v>490</v>
+      </c>
+      <c r="E901" t="s">
+        <v>140</v>
+      </c>
+      <c r="F901">
+        <v>143119</v>
+      </c>
+      <c r="G901">
+        <v>1</v>
+      </c>
+      <c r="H901" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902">
+        <v>313</v>
+      </c>
+      <c r="B902">
+        <v>102971</v>
+      </c>
+      <c r="C902" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D902" t="s">
+        <v>494</v>
+      </c>
+      <c r="E902" t="s">
+        <v>270</v>
+      </c>
+      <c r="F902">
+        <v>110443</v>
+      </c>
+      <c r="G902">
+        <v>1</v>
+      </c>
+      <c r="H902" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903">
+        <v>317</v>
+      </c>
+      <c r="B903">
+        <v>102971</v>
+      </c>
+      <c r="C903" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D903" t="s">
+        <v>494</v>
+      </c>
+      <c r="E903" t="s">
+        <v>288</v>
+      </c>
+      <c r="F903">
+        <v>100500</v>
+      </c>
+      <c r="G903">
+        <v>1</v>
+      </c>
+      <c r="H903" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904">
+        <v>316</v>
+      </c>
+      <c r="B904">
+        <v>102971</v>
+      </c>
+      <c r="C904" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D904" t="s">
+        <v>494</v>
+      </c>
+      <c r="E904" t="s">
+        <v>282</v>
+      </c>
+      <c r="F904">
+        <v>59193</v>
+      </c>
+      <c r="G904">
+        <v>2</v>
+      </c>
+      <c r="H904" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905">
+        <v>315</v>
+      </c>
+      <c r="B905">
+        <v>102971</v>
+      </c>
+      <c r="C905" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D905" t="s">
+        <v>494</v>
+      </c>
+      <c r="E905" t="s">
+        <v>299</v>
+      </c>
+      <c r="F905">
+        <v>121705</v>
+      </c>
+      <c r="G905">
+        <v>1</v>
+      </c>
+      <c r="H905" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906">
+        <v>314</v>
+      </c>
+      <c r="B906">
+        <v>102971</v>
+      </c>
+      <c r="C906" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D906" t="s">
+        <v>494</v>
+      </c>
+      <c r="E906" t="s">
+        <v>10</v>
+      </c>
+      <c r="F906">
+        <v>107657</v>
+      </c>
+      <c r="G906">
+        <v>2</v>
+      </c>
+      <c r="H906" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907">
+        <v>273</v>
+      </c>
+      <c r="B907">
+        <v>102971</v>
+      </c>
+      <c r="C907" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D907" t="s">
+        <v>494</v>
+      </c>
+      <c r="E907" t="s">
+        <v>20</v>
+      </c>
+      <c r="F907">
+        <v>64206</v>
+      </c>
+      <c r="G907">
+        <v>3</v>
+      </c>
+      <c r="H907" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908">
+        <v>301</v>
+      </c>
+      <c r="B908">
+        <v>102971</v>
+      </c>
+      <c r="C908" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D908" t="s">
+        <v>494</v>
+      </c>
+      <c r="E908" t="s">
+        <v>22</v>
+      </c>
+      <c r="F908">
+        <v>63565</v>
+      </c>
+      <c r="G908">
+        <v>2</v>
+      </c>
+      <c r="H908" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909">
+        <v>302</v>
+      </c>
+      <c r="B909">
+        <v>102971</v>
+      </c>
+      <c r="C909" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D909" t="s">
+        <v>494</v>
+      </c>
+      <c r="E909" t="s">
+        <v>118</v>
+      </c>
+      <c r="F909">
+        <v>78702</v>
+      </c>
+      <c r="G909">
+        <v>1</v>
+      </c>
+      <c r="H909" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910">
+        <v>303</v>
+      </c>
+      <c r="B910">
+        <v>102971</v>
+      </c>
+      <c r="C910" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D910" t="s">
+        <v>494</v>
+      </c>
+      <c r="E910" t="s">
+        <v>34</v>
+      </c>
+      <c r="F910">
+        <v>88390</v>
+      </c>
+      <c r="G910">
+        <v>1</v>
+      </c>
+      <c r="H910" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911">
+        <v>304</v>
+      </c>
+      <c r="B911">
+        <v>102971</v>
+      </c>
+      <c r="C911" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D911" t="s">
+        <v>494</v>
+      </c>
+      <c r="E911" t="s">
+        <v>104</v>
+      </c>
+      <c r="F911">
+        <v>79308</v>
+      </c>
+      <c r="G911">
+        <v>1</v>
+      </c>
+      <c r="H911" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912">
+        <v>305</v>
+      </c>
+      <c r="B912">
+        <v>102971</v>
+      </c>
+      <c r="C912" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D912" t="s">
+        <v>494</v>
+      </c>
+      <c r="E912" t="s">
+        <v>44</v>
+      </c>
+      <c r="F912">
+        <v>58115</v>
+      </c>
+      <c r="G912">
+        <v>2</v>
+      </c>
+      <c r="H912" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913">
+        <v>306</v>
+      </c>
+      <c r="B913">
+        <v>102971</v>
+      </c>
+      <c r="C913" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D913" t="s">
+        <v>494</v>
+      </c>
+      <c r="E913" t="s">
+        <v>401</v>
+      </c>
+      <c r="F913">
+        <v>92036</v>
+      </c>
+      <c r="G913">
+        <v>1</v>
+      </c>
+      <c r="H913" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914">
+        <v>307</v>
+      </c>
+      <c r="B914">
+        <v>102971</v>
+      </c>
+      <c r="C914" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D914" t="s">
+        <v>494</v>
+      </c>
+      <c r="E914" t="s">
+        <v>393</v>
+      </c>
+      <c r="F914">
+        <v>81112</v>
+      </c>
+      <c r="G914">
+        <v>1</v>
+      </c>
+      <c r="H914" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915">
+        <v>322</v>
+      </c>
+      <c r="B915">
+        <v>102971</v>
+      </c>
+      <c r="C915" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D915" t="s">
+        <v>494</v>
+      </c>
+      <c r="E915" t="s">
+        <v>14</v>
+      </c>
+      <c r="F915">
+        <v>101724</v>
+      </c>
+      <c r="G915">
+        <v>1</v>
+      </c>
+      <c r="H915" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916">
+        <v>321</v>
+      </c>
+      <c r="B916">
+        <v>102971</v>
+      </c>
+      <c r="C916" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D916" t="s">
+        <v>494</v>
+      </c>
+      <c r="E916" t="s">
+        <v>120</v>
+      </c>
+      <c r="F916">
+        <v>46369</v>
+      </c>
+      <c r="G916">
+        <v>2</v>
+      </c>
+      <c r="H916" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917">
+        <v>308</v>
+      </c>
+      <c r="B917">
+        <v>102971</v>
+      </c>
+      <c r="C917" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D917" t="s">
+        <v>494</v>
+      </c>
+      <c r="E917" t="s">
+        <v>124</v>
+      </c>
+      <c r="F917">
+        <v>69002</v>
+      </c>
+      <c r="G917">
+        <v>1</v>
+      </c>
+      <c r="H917" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918">
+        <v>309</v>
+      </c>
+      <c r="B918">
+        <v>102971</v>
+      </c>
+      <c r="C918" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D918" t="s">
+        <v>494</v>
+      </c>
+      <c r="E918" t="s">
+        <v>86</v>
+      </c>
+      <c r="F918">
+        <v>52060</v>
+      </c>
+      <c r="G918">
+        <v>1</v>
+      </c>
+      <c r="H918" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919">
+        <v>310</v>
+      </c>
+      <c r="B919">
+        <v>102971</v>
+      </c>
+      <c r="C919" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D919" t="s">
+        <v>494</v>
+      </c>
+      <c r="E919" t="s">
+        <v>424</v>
+      </c>
+      <c r="F919">
+        <v>71424</v>
+      </c>
+      <c r="G919">
+        <v>1</v>
+      </c>
+      <c r="H919" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920">
+        <v>311</v>
+      </c>
+      <c r="B920">
+        <v>102971</v>
+      </c>
+      <c r="C920" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D920" t="s">
+        <v>494</v>
+      </c>
+      <c r="E920" t="s">
+        <v>314</v>
+      </c>
+      <c r="F920">
+        <v>62584</v>
+      </c>
+      <c r="G920">
+        <v>1</v>
+      </c>
+      <c r="H920" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921">
+        <v>312</v>
+      </c>
+      <c r="B921">
+        <v>102971</v>
+      </c>
+      <c r="C921" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D921" t="s">
+        <v>494</v>
+      </c>
+      <c r="E921" t="s">
+        <v>94</v>
+      </c>
+      <c r="F921">
+        <v>84031</v>
+      </c>
+      <c r="G921">
+        <v>1</v>
+      </c>
+      <c r="H921" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922">
+        <v>320</v>
+      </c>
+      <c r="B922">
+        <v>102971</v>
+      </c>
+      <c r="C922" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D922" t="s">
+        <v>494</v>
+      </c>
+      <c r="E922" t="s">
+        <v>30</v>
+      </c>
+      <c r="F922">
+        <v>48427</v>
+      </c>
+      <c r="G922">
+        <v>2</v>
+      </c>
+      <c r="H922" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923">
+        <v>318</v>
+      </c>
+      <c r="B923">
+        <v>102971</v>
+      </c>
+      <c r="C923" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D923" t="s">
+        <v>494</v>
+      </c>
+      <c r="E923" t="s">
+        <v>206</v>
+      </c>
+      <c r="F923">
+        <v>99059</v>
+      </c>
+      <c r="G923">
+        <v>1</v>
+      </c>
+      <c r="H923" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924">
+        <v>319</v>
+      </c>
+      <c r="B924">
+        <v>102971</v>
+      </c>
+      <c r="C924" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D924" t="s">
+        <v>494</v>
+      </c>
+      <c r="E924" t="s">
+        <v>112</v>
+      </c>
+      <c r="F924">
+        <v>70952</v>
+      </c>
+      <c r="G924">
+        <v>1</v>
+      </c>
+      <c r="H924" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925">
+        <v>298</v>
+      </c>
+      <c r="B925">
+        <v>102968</v>
+      </c>
+      <c r="C925" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D925" t="s">
+        <v>495</v>
+      </c>
+      <c r="E925" t="s">
+        <v>321</v>
+      </c>
+      <c r="F925">
+        <v>20562</v>
+      </c>
+      <c r="G925">
+        <v>2</v>
+      </c>
+      <c r="H925" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926">
+        <v>300</v>
+      </c>
+      <c r="B926">
+        <v>102968</v>
+      </c>
+      <c r="C926" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D926" t="s">
+        <v>495</v>
+      </c>
+      <c r="E926" t="s">
+        <v>496</v>
+      </c>
+      <c r="F926">
+        <v>36293</v>
+      </c>
+      <c r="G926">
+        <v>2</v>
+      </c>
+      <c r="H926" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927">
+        <v>297</v>
+      </c>
+      <c r="B927">
+        <v>102968</v>
+      </c>
+      <c r="C927" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D927" t="s">
+        <v>495</v>
+      </c>
+      <c r="E927" t="s">
+        <v>132</v>
+      </c>
+      <c r="F927">
+        <v>131756</v>
+      </c>
+      <c r="G927">
+        <v>1</v>
+      </c>
+      <c r="H927" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928">
+        <v>272</v>
+      </c>
+      <c r="B928">
+        <v>102968</v>
+      </c>
+      <c r="C928" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D928" t="s">
+        <v>495</v>
+      </c>
+      <c r="E928" t="s">
+        <v>467</v>
+      </c>
+      <c r="F928">
+        <v>56565</v>
+      </c>
+      <c r="G928">
+        <v>2</v>
+      </c>
+      <c r="H928" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929">
+        <v>296</v>
+      </c>
+      <c r="B929">
+        <v>102968</v>
+      </c>
+      <c r="C929" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D929" t="s">
+        <v>495</v>
+      </c>
+      <c r="E929" t="s">
+        <v>465</v>
+      </c>
+      <c r="F929">
+        <v>53271</v>
+      </c>
+      <c r="G929">
+        <v>2</v>
+      </c>
+      <c r="H929" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930">
+        <v>295</v>
+      </c>
+      <c r="B930">
+        <v>102968</v>
+      </c>
+      <c r="C930" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D930" t="s">
+        <v>495</v>
+      </c>
+      <c r="E930" t="s">
+        <v>498</v>
+      </c>
+      <c r="F930">
+        <v>21422</v>
+      </c>
+      <c r="G930">
+        <v>3</v>
+      </c>
+      <c r="H930" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931">
+        <v>294</v>
+      </c>
+      <c r="B931">
+        <v>102968</v>
+      </c>
+      <c r="C931" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D931" t="s">
+        <v>495</v>
+      </c>
+      <c r="E931" t="s">
+        <v>469</v>
+      </c>
+      <c r="F931">
+        <v>30250</v>
+      </c>
+      <c r="G931">
+        <v>1</v>
+      </c>
+      <c r="H931" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932">
+        <v>293</v>
+      </c>
+      <c r="B932">
+        <v>102968</v>
+      </c>
+      <c r="C932" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D932" t="s">
+        <v>495</v>
+      </c>
+      <c r="E932" t="s">
+        <v>329</v>
+      </c>
+      <c r="F932">
+        <v>47204</v>
+      </c>
+      <c r="G932">
+        <v>1</v>
+      </c>
+      <c r="H932" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933">
+        <v>440</v>
+      </c>
+      <c r="B933">
+        <v>102968</v>
+      </c>
+      <c r="C933" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D933" t="s">
+        <v>495</v>
+      </c>
+      <c r="E933" t="s">
+        <v>500</v>
+      </c>
+      <c r="F933">
+        <v>0</v>
+      </c>
+      <c r="G933">
+        <v>2</v>
+      </c>
+      <c r="H933" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934">
+        <v>441</v>
+      </c>
+      <c r="B934">
+        <v>102968</v>
+      </c>
+      <c r="C934" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D934" t="s">
+        <v>495</v>
+      </c>
+      <c r="E934" t="s">
+        <v>339</v>
+      </c>
+      <c r="F934">
+        <v>3875</v>
+      </c>
+      <c r="G934">
+        <v>2</v>
+      </c>
+      <c r="H934" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935">
+        <v>299</v>
+      </c>
+      <c r="B935">
+        <v>102968</v>
+      </c>
+      <c r="C935" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D935" t="s">
+        <v>495</v>
+      </c>
+      <c r="E935" t="s">
+        <v>502</v>
+      </c>
+      <c r="F935">
+        <v>18152</v>
+      </c>
+      <c r="G935">
+        <v>2</v>
+      </c>
+      <c r="H935" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936">
+        <v>292</v>
+      </c>
+      <c r="B936">
+        <v>102964</v>
+      </c>
+      <c r="C936" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D936" t="s">
+        <v>504</v>
+      </c>
+      <c r="E936" t="s">
+        <v>120</v>
+      </c>
+      <c r="F936">
+        <v>46369</v>
+      </c>
+      <c r="G936">
+        <v>1</v>
+      </c>
+      <c r="H936" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937">
+        <v>291</v>
+      </c>
+      <c r="B937">
+        <v>102964</v>
+      </c>
+      <c r="C937" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D937" t="s">
+        <v>504</v>
+      </c>
+      <c r="E937" t="s">
+        <v>30</v>
+      </c>
+      <c r="F937">
+        <v>48427</v>
+      </c>
+      <c r="G937">
+        <v>1</v>
+      </c>
+      <c r="H937" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938">
+        <v>290</v>
+      </c>
+      <c r="B938">
+        <v>102964</v>
+      </c>
+      <c r="C938" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D938" t="s">
+        <v>504</v>
+      </c>
+      <c r="E938" t="s">
+        <v>86</v>
+      </c>
+      <c r="F938">
+        <v>52060</v>
+      </c>
+      <c r="G938">
+        <v>11</v>
+      </c>
+      <c r="H938" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939">
+        <v>289</v>
+      </c>
+      <c r="B939">
+        <v>102964</v>
+      </c>
+      <c r="C939" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D939" t="s">
+        <v>504</v>
+      </c>
+      <c r="E939" t="s">
+        <v>56</v>
+      </c>
+      <c r="F939">
+        <v>82711</v>
+      </c>
+      <c r="G939">
+        <v>2</v>
+      </c>
+      <c r="H939" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940">
+        <v>288</v>
+      </c>
+      <c r="B940">
+        <v>102964</v>
+      </c>
+      <c r="C940" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D940" t="s">
+        <v>504</v>
+      </c>
+      <c r="E940" t="s">
+        <v>414</v>
+      </c>
+      <c r="F940">
+        <v>79320</v>
+      </c>
+      <c r="G940">
+        <v>1</v>
+      </c>
+      <c r="H940" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941">
+        <v>286</v>
+      </c>
+      <c r="B941">
+        <v>102964</v>
+      </c>
+      <c r="C941" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D941" t="s">
+        <v>504</v>
+      </c>
+      <c r="E941" t="s">
+        <v>112</v>
+      </c>
+      <c r="F941">
+        <v>70952</v>
+      </c>
+      <c r="G941">
+        <v>1</v>
+      </c>
+      <c r="H941" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942">
+        <v>284</v>
+      </c>
+      <c r="B942">
+        <v>102964</v>
+      </c>
+      <c r="C942" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D942" t="s">
+        <v>504</v>
+      </c>
+      <c r="E942" t="s">
+        <v>282</v>
+      </c>
+      <c r="F942">
+        <v>59193</v>
+      </c>
+      <c r="G942">
+        <v>1</v>
+      </c>
+      <c r="H942" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943">
+        <v>283</v>
+      </c>
+      <c r="B943">
+        <v>102964</v>
+      </c>
+      <c r="C943" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D943" t="s">
+        <v>504</v>
+      </c>
+      <c r="E943" t="s">
+        <v>10</v>
+      </c>
+      <c r="F943">
+        <v>107657</v>
+      </c>
+      <c r="G943">
+        <v>2</v>
+      </c>
+      <c r="H943" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944">
+        <v>282</v>
+      </c>
+      <c r="B944">
+        <v>102964</v>
+      </c>
+      <c r="C944" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D944" t="s">
+        <v>504</v>
+      </c>
+      <c r="E944" t="s">
+        <v>270</v>
+      </c>
+      <c r="F944">
+        <v>110443</v>
+      </c>
+      <c r="G944">
+        <v>1</v>
+      </c>
+      <c r="H944" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945">
+        <v>281</v>
+      </c>
+      <c r="B945">
+        <v>102964</v>
+      </c>
+      <c r="C945" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D945" t="s">
+        <v>504</v>
+      </c>
+      <c r="E945" t="s">
+        <v>314</v>
+      </c>
+      <c r="F945">
+        <v>62584</v>
+      </c>
+      <c r="G945">
+        <v>1</v>
+      </c>
+      <c r="H945" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946">
+        <v>277</v>
+      </c>
+      <c r="B946">
+        <v>102964</v>
+      </c>
+      <c r="C946" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D946" t="s">
+        <v>504</v>
+      </c>
+      <c r="E946" t="s">
+        <v>124</v>
+      </c>
+      <c r="F946">
+        <v>69002</v>
+      </c>
+      <c r="G946">
+        <v>1</v>
+      </c>
+      <c r="H946" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947">
+        <v>276</v>
+      </c>
+      <c r="B947">
+        <v>102964</v>
+      </c>
+      <c r="C947" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D947" t="s">
+        <v>504</v>
+      </c>
+      <c r="E947" t="s">
+        <v>44</v>
+      </c>
+      <c r="F947">
+        <v>58115</v>
+      </c>
+      <c r="G947">
+        <v>2</v>
+      </c>
+      <c r="H947" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948">
+        <v>275</v>
+      </c>
+      <c r="B948">
+        <v>102964</v>
+      </c>
+      <c r="C948" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D948" t="s">
+        <v>504</v>
+      </c>
+      <c r="E948" t="s">
+        <v>104</v>
+      </c>
+      <c r="F948">
+        <v>79308</v>
+      </c>
+      <c r="G948">
+        <v>1</v>
+      </c>
+      <c r="H948" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949">
+        <v>274</v>
+      </c>
+      <c r="B949">
+        <v>102964</v>
+      </c>
+      <c r="C949" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D949" t="s">
+        <v>504</v>
+      </c>
+      <c r="E949" t="s">
+        <v>22</v>
+      </c>
+      <c r="F949">
+        <v>63565</v>
+      </c>
+      <c r="G949">
+        <v>3</v>
+      </c>
+      <c r="H949" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950">
+        <v>271</v>
+      </c>
+      <c r="B950">
+        <v>102964</v>
+      </c>
+      <c r="C950" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D950" t="s">
+        <v>504</v>
+      </c>
+      <c r="E950" t="s">
+        <v>20</v>
+      </c>
+      <c r="F950">
+        <v>64206</v>
+      </c>
+      <c r="G950">
+        <v>5</v>
+      </c>
+      <c r="H950" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951">
+        <v>287</v>
+      </c>
+      <c r="B951">
+        <v>102964</v>
+      </c>
+      <c r="C951" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D951" t="s">
+        <v>504</v>
+      </c>
+      <c r="E951" t="s">
+        <v>412</v>
+      </c>
+      <c r="F951">
+        <v>76535</v>
+      </c>
+      <c r="G951">
+        <v>1</v>
+      </c>
+      <c r="H951" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952">
+        <v>285</v>
+      </c>
+      <c r="B952">
+        <v>102964</v>
+      </c>
+      <c r="C952" t="s" s="2">
+        <v>489</v>
+      </c>
+      <c r="D952" t="s">
+        <v>504</v>
+      </c>
+      <c r="E952" t="s">
+        <v>152</v>
+      </c>
+      <c r="F952">
+        <v>738</v>
+      </c>
+      <c r="G952">
+        <v>10</v>
+      </c>
+      <c r="H952" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953">
+        <v>268</v>
+      </c>
+      <c r="B953">
+        <v>102586</v>
+      </c>
+      <c r="C953" t="s" s="2">
+        <v>505</v>
+      </c>
+      <c r="D953" t="s">
+        <v>506</v>
+      </c>
+      <c r="E953" t="s">
+        <v>22</v>
+      </c>
+      <c r="F953">
+        <v>80000</v>
+      </c>
+      <c r="G953">
+        <v>1</v>
+      </c>
+      <c r="H953" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954">
+        <v>339</v>
+      </c>
+      <c r="B954">
+        <v>103291</v>
+      </c>
+      <c r="C954" t="s" s="2">
+        <v>507</v>
+      </c>
+      <c r="D954" t="s">
+        <v>508</v>
+      </c>
+      <c r="E954" t="s">
+        <v>509</v>
+      </c>
+      <c r="F954">
+        <v>160000</v>
+      </c>
+      <c r="G954">
+        <v>1</v>
+      </c>
+      <c r="H954" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955">
+        <v>338</v>
+      </c>
+      <c r="B955">
+        <v>103291</v>
+      </c>
+      <c r="C955" t="s" s="2">
+        <v>507</v>
+      </c>
+      <c r="D955" t="s">
+        <v>508</v>
+      </c>
+      <c r="E955" t="s">
+        <v>314</v>
+      </c>
+      <c r="F955">
+        <v>72500</v>
+      </c>
+      <c r="G955">
+        <v>1</v>
+      </c>
+      <c r="H955" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956">
+        <v>340</v>
+      </c>
+      <c r="B956">
+        <v>103291</v>
+      </c>
+      <c r="C956" t="s" s="2">
+        <v>507</v>
+      </c>
+      <c r="D956" t="s">
+        <v>508</v>
+      </c>
+      <c r="E956" t="s">
+        <v>20</v>
+      </c>
+      <c r="F956">
+        <v>80000</v>
+      </c>
+      <c r="G956">
+        <v>1</v>
+      </c>
+      <c r="H956" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957">
+        <v>257</v>
+      </c>
+      <c r="B957">
+        <v>102189</v>
+      </c>
+      <c r="C957" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D957" t="s">
+        <v>512</v>
+      </c>
+      <c r="E957" t="s">
+        <v>414</v>
+      </c>
+      <c r="F957">
+        <v>78746</v>
+      </c>
+      <c r="G957">
+        <v>1</v>
+      </c>
+      <c r="H957" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958">
+        <v>264</v>
+      </c>
+      <c r="B958">
+        <v>102189</v>
+      </c>
+      <c r="C958" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D958" t="s">
+        <v>512</v>
+      </c>
+      <c r="E958" t="s">
+        <v>416</v>
+      </c>
+      <c r="F958">
+        <v>102373</v>
+      </c>
+      <c r="G958">
+        <v>1</v>
+      </c>
+      <c r="H958" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959">
+        <v>263</v>
+      </c>
+      <c r="B959">
+        <v>102189</v>
+      </c>
+      <c r="C959" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D959" t="s">
+        <v>512</v>
+      </c>
+      <c r="E959" t="s">
+        <v>513</v>
+      </c>
+      <c r="F959">
+        <v>76698</v>
+      </c>
+      <c r="G959">
+        <v>1</v>
+      </c>
+      <c r="H959" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960">
+        <v>396</v>
+      </c>
+      <c r="B960">
+        <v>102189</v>
+      </c>
+      <c r="C960" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D960" t="s">
+        <v>512</v>
+      </c>
+      <c r="E960" t="s">
+        <v>86</v>
+      </c>
+      <c r="F960">
+        <v>53776</v>
+      </c>
+      <c r="G960">
+        <v>1</v>
+      </c>
+      <c r="H960" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961">
+        <v>262</v>
+      </c>
+      <c r="B961">
+        <v>102189</v>
+      </c>
+      <c r="C961" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D961" t="s">
+        <v>512</v>
+      </c>
+      <c r="E961" t="s">
+        <v>86</v>
+      </c>
+      <c r="F961">
+        <v>53676</v>
+      </c>
+      <c r="G961">
+        <v>5</v>
+      </c>
+      <c r="H961" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962">
+        <v>261</v>
+      </c>
+      <c r="B962">
+        <v>102189</v>
+      </c>
+      <c r="C962" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D962" t="s">
+        <v>512</v>
+      </c>
+      <c r="E962" t="s">
+        <v>515</v>
+      </c>
+      <c r="F962">
+        <v>104191</v>
+      </c>
+      <c r="G962">
+        <v>1</v>
+      </c>
+      <c r="H962" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963">
+        <v>260</v>
+      </c>
+      <c r="B963">
+        <v>102189</v>
+      </c>
+      <c r="C963" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D963" t="s">
+        <v>512</v>
+      </c>
+      <c r="E963" t="s">
+        <v>517</v>
+      </c>
+      <c r="F963">
+        <v>95588</v>
+      </c>
+      <c r="G963">
+        <v>1</v>
+      </c>
+      <c r="H963" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964">
+        <v>259</v>
+      </c>
+      <c r="B964">
+        <v>102189</v>
+      </c>
+      <c r="C964" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D964" t="s">
+        <v>512</v>
+      </c>
+      <c r="E964" t="s">
+        <v>424</v>
+      </c>
+      <c r="F964">
+        <v>75099</v>
+      </c>
+      <c r="G964">
+        <v>2</v>
+      </c>
+      <c r="H964" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965">
+        <v>258</v>
+      </c>
+      <c r="B965">
+        <v>102189</v>
+      </c>
+      <c r="C965" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D965" t="s">
+        <v>512</v>
+      </c>
+      <c r="E965" t="s">
+        <v>401</v>
+      </c>
+      <c r="F965">
+        <v>93407</v>
+      </c>
+      <c r="G965">
+        <v>1</v>
+      </c>
+      <c r="H965" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966">
+        <v>265</v>
+      </c>
+      <c r="B966">
+        <v>102189</v>
+      </c>
+      <c r="C966" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D966" t="s">
+        <v>512</v>
+      </c>
+      <c r="E966" t="s">
+        <v>30</v>
+      </c>
+      <c r="F966">
+        <v>49072</v>
+      </c>
+      <c r="G966">
+        <v>1</v>
+      </c>
+      <c r="H966" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967">
+        <v>256</v>
+      </c>
+      <c r="B967">
+        <v>102189</v>
+      </c>
+      <c r="C967" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D967" t="s">
+        <v>512</v>
+      </c>
+      <c r="E967" t="s">
+        <v>412</v>
+      </c>
+      <c r="F967">
+        <v>78503</v>
+      </c>
+      <c r="G967">
+        <v>1</v>
+      </c>
+      <c r="H967" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968">
+        <v>254</v>
+      </c>
+      <c r="B968">
+        <v>102189</v>
+      </c>
+      <c r="C968" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D968" t="s">
+        <v>512</v>
+      </c>
+      <c r="E968" t="s">
+        <v>58</v>
+      </c>
+      <c r="F968">
+        <v>74384</v>
+      </c>
+      <c r="G968">
+        <v>1</v>
+      </c>
+      <c r="H968" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969">
+        <v>253</v>
+      </c>
+      <c r="B969">
+        <v>102189</v>
+      </c>
+      <c r="C969" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D969" t="s">
+        <v>512</v>
+      </c>
+      <c r="E969" t="s">
+        <v>44</v>
+      </c>
+      <c r="F969">
+        <v>58147</v>
+      </c>
+      <c r="G969">
+        <v>1</v>
+      </c>
+      <c r="H969" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970">
+        <v>252</v>
+      </c>
+      <c r="B970">
+        <v>102189</v>
+      </c>
+      <c r="C970" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D970" t="s">
+        <v>512</v>
+      </c>
+      <c r="E970" t="s">
+        <v>104</v>
+      </c>
+      <c r="F970">
+        <v>79352</v>
+      </c>
+      <c r="G970">
+        <v>2</v>
+      </c>
+      <c r="H970" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971">
+        <v>251</v>
+      </c>
+      <c r="B971">
+        <v>102189</v>
+      </c>
+      <c r="C971" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D971" t="s">
+        <v>512</v>
+      </c>
+      <c r="E971" t="s">
+        <v>20</v>
+      </c>
+      <c r="F971">
+        <v>64206</v>
+      </c>
+      <c r="G971">
+        <v>3</v>
+      </c>
+      <c r="H971" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972">
+        <v>255</v>
+      </c>
+      <c r="B972">
+        <v>102189</v>
+      </c>
+      <c r="C972" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D972" t="s">
+        <v>512</v>
+      </c>
+      <c r="E972" t="s">
+        <v>286</v>
+      </c>
+      <c r="F972">
+        <v>66023</v>
+      </c>
+      <c r="G972">
+        <v>1</v>
+      </c>
+      <c r="H972" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973">
+        <v>266</v>
+      </c>
+      <c r="B973">
+        <v>102189</v>
+      </c>
+      <c r="C973" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D973" t="s">
+        <v>512</v>
+      </c>
+      <c r="E973" t="s">
+        <v>120</v>
+      </c>
+      <c r="F973">
+        <v>47255</v>
+      </c>
+      <c r="G973">
+        <v>1</v>
+      </c>
+      <c r="H973" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974">
+        <v>250</v>
+      </c>
+      <c r="B974">
+        <v>102170</v>
+      </c>
+      <c r="C974" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D974" t="s">
+        <v>519</v>
+      </c>
+      <c r="E974" t="s">
+        <v>136</v>
+      </c>
+      <c r="F974">
+        <v>141752</v>
+      </c>
+      <c r="G974">
+        <v>1</v>
+      </c>
+      <c r="H974" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975">
+        <v>249</v>
+      </c>
+      <c r="B975">
+        <v>102170</v>
+      </c>
+      <c r="C975" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D975" t="s">
+        <v>519</v>
+      </c>
+      <c r="E975" t="s">
+        <v>496</v>
+      </c>
+      <c r="F975">
+        <v>36313</v>
+      </c>
+      <c r="G975">
+        <v>1</v>
+      </c>
+      <c r="H975" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976">
+        <v>248</v>
+      </c>
+      <c r="B976">
+        <v>102170</v>
+      </c>
+      <c r="C976" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D976" t="s">
+        <v>519</v>
+      </c>
+      <c r="E976" t="s">
+        <v>469</v>
+      </c>
+      <c r="F976">
+        <v>30267</v>
+      </c>
+      <c r="G976">
+        <v>2</v>
+      </c>
+      <c r="H976" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977">
+        <v>247</v>
+      </c>
+      <c r="B977">
+        <v>102170</v>
+      </c>
+      <c r="C977" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D977" t="s">
+        <v>519</v>
+      </c>
+      <c r="E977" t="s">
+        <v>329</v>
+      </c>
+      <c r="F977">
+        <v>48430</v>
+      </c>
+      <c r="G977">
+        <v>2</v>
+      </c>
+      <c r="H977" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978">
+        <v>246</v>
+      </c>
+      <c r="B978">
+        <v>102170</v>
+      </c>
+      <c r="C978" t="s" s="2">
+        <v>511</v>
+      </c>
+      <c r="D978" t="s">
+        <v>519</v>
+      </c>
+      <c r="E978" t="s">
+        <v>467</v>
+      </c>
+      <c r="F978">
+        <v>56924</v>
+      </c>
+      <c r="G978">
+        <v>1</v>
+      </c>
+      <c r="H978" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979">
+        <v>240</v>
+      </c>
+      <c r="B979">
+        <v>101653</v>
+      </c>
+      <c r="C979" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D979" t="s">
+        <v>521</v>
+      </c>
+      <c r="E979" t="s">
+        <v>36</v>
+      </c>
+      <c r="F979">
+        <v>69650</v>
+      </c>
+      <c r="G979">
+        <v>1</v>
+      </c>
+      <c r="H979" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980">
+        <v>234</v>
+      </c>
+      <c r="B980">
+        <v>101653</v>
+      </c>
+      <c r="C980" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D980" t="s">
+        <v>521</v>
+      </c>
+      <c r="E980" t="s">
+        <v>48</v>
+      </c>
+      <c r="F980">
+        <v>51006</v>
+      </c>
+      <c r="G980">
+        <v>1</v>
+      </c>
+      <c r="H980" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981">
+        <v>241</v>
+      </c>
+      <c r="B981">
+        <v>101653</v>
+      </c>
+      <c r="C981" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D981" t="s">
+        <v>521</v>
+      </c>
+      <c r="E981" t="s">
+        <v>120</v>
+      </c>
+      <c r="F981">
+        <v>48864</v>
+      </c>
+      <c r="G981">
+        <v>1</v>
+      </c>
+      <c r="H981" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982">
+        <v>239</v>
+      </c>
+      <c r="B982">
+        <v>101653</v>
+      </c>
+      <c r="C982" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D982" t="s">
+        <v>521</v>
+      </c>
+      <c r="E982" t="s">
+        <v>424</v>
+      </c>
+      <c r="F982">
+        <v>78077</v>
+      </c>
+      <c r="G982">
+        <v>1</v>
+      </c>
+      <c r="H982" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983">
+        <v>238</v>
+      </c>
+      <c r="B983">
+        <v>101653</v>
+      </c>
+      <c r="C983" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D983" t="s">
+        <v>521</v>
+      </c>
+      <c r="E983" t="s">
+        <v>401</v>
+      </c>
+      <c r="F983">
+        <v>97111</v>
+      </c>
+      <c r="G983">
+        <v>1</v>
+      </c>
+      <c r="H983" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984">
+        <v>341</v>
+      </c>
+      <c r="B984">
+        <v>101653</v>
+      </c>
+      <c r="C984" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D984" t="s">
+        <v>521</v>
+      </c>
+      <c r="E984" t="s">
+        <v>522</v>
+      </c>
+      <c r="F984">
+        <v>78351</v>
+      </c>
+      <c r="G984">
+        <v>1</v>
+      </c>
+      <c r="H984" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985">
+        <v>233</v>
+      </c>
+      <c r="B985">
+        <v>101653</v>
+      </c>
+      <c r="C985" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D985" t="s">
+        <v>521</v>
+      </c>
+      <c r="E985" t="s">
+        <v>40</v>
+      </c>
+      <c r="F985">
+        <v>55415</v>
+      </c>
+      <c r="G985">
+        <v>1</v>
+      </c>
+      <c r="H985" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986">
+        <v>232</v>
+      </c>
+      <c r="B986">
+        <v>101653</v>
+      </c>
+      <c r="C986" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D986" t="s">
+        <v>521</v>
+      </c>
+      <c r="E986" t="s">
+        <v>235</v>
+      </c>
+      <c r="F986">
+        <v>152287</v>
+      </c>
+      <c r="G986">
+        <v>1</v>
+      </c>
+      <c r="H986" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987">
+        <v>231</v>
+      </c>
+      <c r="B987">
+        <v>101653</v>
+      </c>
+      <c r="C987" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D987" t="s">
+        <v>521</v>
+      </c>
+      <c r="E987" t="s">
+        <v>524</v>
+      </c>
+      <c r="F987">
+        <v>188693</v>
+      </c>
+      <c r="G987">
+        <v>1</v>
+      </c>
+      <c r="H987" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988">
+        <v>230</v>
+      </c>
+      <c r="B988">
+        <v>101653</v>
+      </c>
+      <c r="C988" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D988" t="s">
+        <v>521</v>
+      </c>
+      <c r="E988" t="s">
+        <v>362</v>
+      </c>
+      <c r="F988">
+        <v>163499</v>
+      </c>
+      <c r="G988">
+        <v>1</v>
+      </c>
+      <c r="H988" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989">
+        <v>229</v>
+      </c>
+      <c r="B989">
+        <v>101653</v>
+      </c>
+      <c r="C989" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D989" t="s">
+        <v>521</v>
+      </c>
+      <c r="E989" t="s">
+        <v>526</v>
+      </c>
+      <c r="F989">
+        <v>97363</v>
+      </c>
+      <c r="G989">
+        <v>1</v>
+      </c>
+      <c r="H989" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990">
+        <v>228</v>
+      </c>
+      <c r="B990">
+        <v>101653</v>
+      </c>
+      <c r="C990" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D990" t="s">
+        <v>521</v>
+      </c>
+      <c r="E990" t="s">
+        <v>387</v>
+      </c>
+      <c r="F990">
+        <v>104418</v>
+      </c>
+      <c r="G990">
+        <v>2</v>
+      </c>
+      <c r="H990" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991">
+        <v>227</v>
+      </c>
+      <c r="B991">
+        <v>101653</v>
+      </c>
+      <c r="C991" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D991" t="s">
+        <v>521</v>
+      </c>
+      <c r="E991" t="s">
+        <v>270</v>
+      </c>
+      <c r="F991">
+        <v>114004</v>
+      </c>
+      <c r="G991">
+        <v>2</v>
+      </c>
+      <c r="H991" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992">
+        <v>226</v>
+      </c>
+      <c r="B992">
+        <v>101653</v>
+      </c>
+      <c r="C992" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D992" t="s">
+        <v>521</v>
+      </c>
+      <c r="E992" t="s">
+        <v>70</v>
+      </c>
+      <c r="F992">
+        <v>138178</v>
+      </c>
+      <c r="G992">
+        <v>1</v>
+      </c>
+      <c r="H992" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993">
+        <v>225</v>
+      </c>
+      <c r="B993">
+        <v>101653</v>
+      </c>
+      <c r="C993" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D993" t="s">
+        <v>521</v>
+      </c>
+      <c r="E993" t="s">
+        <v>282</v>
+      </c>
+      <c r="F993">
+        <v>66752</v>
+      </c>
+      <c r="G993">
+        <v>1</v>
+      </c>
+      <c r="H993" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994">
+        <v>224</v>
+      </c>
+      <c r="B994">
+        <v>101653</v>
+      </c>
+      <c r="C994" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D994" t="s">
+        <v>521</v>
+      </c>
+      <c r="E994" t="s">
+        <v>94</v>
+      </c>
+      <c r="F994">
+        <v>87034</v>
+      </c>
+      <c r="G994">
+        <v>2</v>
+      </c>
+      <c r="H994" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995">
+        <v>235</v>
+      </c>
+      <c r="B995">
+        <v>101653</v>
+      </c>
+      <c r="C995" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D995" t="s">
+        <v>521</v>
+      </c>
+      <c r="E995" t="s">
+        <v>14</v>
+      </c>
+      <c r="F995">
+        <v>107063</v>
+      </c>
+      <c r="G995">
+        <v>1</v>
+      </c>
+      <c r="H995" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996">
+        <v>242</v>
+      </c>
+      <c r="B996">
+        <v>101653</v>
+      </c>
+      <c r="C996" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D996" t="s">
+        <v>521</v>
+      </c>
+      <c r="E996" t="s">
+        <v>414</v>
+      </c>
+      <c r="F996">
+        <v>81869</v>
+      </c>
+      <c r="G996">
+        <v>1</v>
+      </c>
+      <c r="H996" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997">
+        <v>222</v>
+      </c>
+      <c r="B997">
+        <v>101653</v>
+      </c>
+      <c r="C997" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D997" t="s">
+        <v>521</v>
+      </c>
+      <c r="E997" t="s">
+        <v>20</v>
+      </c>
+      <c r="F997">
+        <v>66752</v>
+      </c>
+      <c r="G997">
+        <v>2</v>
+      </c>
+      <c r="H997" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998">
+        <v>221</v>
+      </c>
+      <c r="B998">
+        <v>101653</v>
+      </c>
+      <c r="C998" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D998" t="s">
+        <v>521</v>
+      </c>
+      <c r="E998" t="s">
+        <v>32</v>
+      </c>
+      <c r="F998">
+        <v>89427</v>
+      </c>
+      <c r="G998">
+        <v>1</v>
+      </c>
+      <c r="H998" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999">
+        <v>280</v>
+      </c>
+      <c r="B999">
+        <v>101653</v>
+      </c>
+      <c r="C999" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D999" t="s">
+        <v>521</v>
+      </c>
+      <c r="E999" t="s">
+        <v>399</v>
+      </c>
+      <c r="F999">
+        <v>109570</v>
+      </c>
+      <c r="G999">
+        <v>1</v>
+      </c>
+      <c r="H999" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000">
+        <v>279</v>
+      </c>
+      <c r="B1000">
+        <v>101653</v>
+      </c>
+      <c r="C1000" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1000" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1000">
+        <v>80987</v>
+      </c>
+      <c r="G1000">
+        <v>1</v>
+      </c>
+      <c r="H1000" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001">
+        <v>236</v>
+      </c>
+      <c r="B1001">
+        <v>101653</v>
+      </c>
+      <c r="C1001" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1001" t="s">
+        <v>229</v>
+      </c>
+      <c r="F1001">
+        <v>91304</v>
+      </c>
+      <c r="G1001">
+        <v>1</v>
+      </c>
+      <c r="H1001" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1002">
+      <c r="A1002">
+        <v>343</v>
+      </c>
+      <c r="B1002">
+        <v>101653</v>
+      </c>
+      <c r="C1002" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>528</v>
+      </c>
+      <c r="F1002">
+        <v>95000</v>
+      </c>
+      <c r="G1002">
+        <v>1</v>
+      </c>
+      <c r="H1002" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003">
+        <v>237</v>
+      </c>
+      <c r="B1003">
+        <v>101653</v>
+      </c>
+      <c r="C1003" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1003" t="s">
+        <v>212</v>
+      </c>
+      <c r="F1003">
+        <v>134273</v>
+      </c>
+      <c r="G1003">
+        <v>1</v>
+      </c>
+      <c r="H1003" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1004">
+      <c r="A1004">
+        <v>342</v>
+      </c>
+      <c r="B1004">
+        <v>101653</v>
+      </c>
+      <c r="C1004" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1004" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1004">
+        <v>61716</v>
+      </c>
+      <c r="G1004">
+        <v>1</v>
+      </c>
+      <c r="H1004" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1005">
+      <c r="A1005">
+        <v>223</v>
+      </c>
+      <c r="B1005">
+        <v>101653</v>
+      </c>
+      <c r="C1005" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1005" t="s">
+        <v>68</v>
+      </c>
+      <c r="F1005">
+        <v>120920</v>
+      </c>
+      <c r="G1005">
+        <v>1</v>
+      </c>
+      <c r="H1005" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1006">
+      <c r="A1006">
+        <v>243</v>
+      </c>
+      <c r="B1006">
+        <v>101653</v>
+      </c>
+      <c r="C1006" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1006" t="s">
+        <v>102</v>
+      </c>
+      <c r="F1006">
+        <v>94466</v>
+      </c>
+      <c r="G1006">
+        <v>1</v>
+      </c>
+      <c r="H1006" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="1007">
+      <c r="A1007">
+        <v>219</v>
+      </c>
+      <c r="B1007">
+        <v>101500</v>
+      </c>
+      <c r="C1007" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>530</v>
+      </c>
+      <c r="E1007" t="s">
+        <v>531</v>
+      </c>
+      <c r="F1007">
+        <v>66169</v>
+      </c>
+      <c r="G1007">
+        <v>2</v>
+      </c>
+      <c r="H1007" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="1008">
+      <c r="A1008">
+        <v>218</v>
+      </c>
+      <c r="B1008">
+        <v>101500</v>
+      </c>
+      <c r="C1008" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>530</v>
+      </c>
+      <c r="E1008" t="s">
+        <v>531</v>
+      </c>
+      <c r="F1008">
+        <v>61169</v>
+      </c>
+      <c r="G1008">
+        <v>16</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="1009">
+      <c r="A1009">
+        <v>220</v>
+      </c>
+      <c r="B1009">
+        <v>101500</v>
+      </c>
+      <c r="C1009" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>530</v>
+      </c>
+      <c r="E1009" t="s">
+        <v>533</v>
+      </c>
+      <c r="F1009">
+        <v>103622</v>
+      </c>
+      <c r="G1009">
+        <v>1</v>
+      </c>
+      <c r="H1009" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010">
+        <v>433</v>
+      </c>
+      <c r="B1010">
+        <v>101500</v>
+      </c>
+      <c r="C1010" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>530</v>
+      </c>
+      <c r="E1010" t="s">
+        <v>535</v>
+      </c>
+      <c r="F1010">
+        <v>1000</v>
+      </c>
+      <c r="G1010">
+        <v>5</v>
+      </c>
+      <c r="H1010"/>
+    </row>
+    <row r="1011">
+      <c r="A1011">
+        <v>270</v>
+      </c>
+      <c r="B1011">
+        <v>101500</v>
+      </c>
+      <c r="C1011" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>530</v>
+      </c>
+      <c r="E1011" t="s">
+        <v>536</v>
+      </c>
+      <c r="F1011">
+        <v>28705</v>
+      </c>
+      <c r="G1011">
+        <v>1</v>
+      </c>
+      <c r="H1011"/>
+    </row>
+    <row r="1012">
+      <c r="A1012">
+        <v>208</v>
+      </c>
+      <c r="B1012">
+        <v>101211</v>
+      </c>
+      <c r="C1012" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1012" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1012">
+        <v>57490</v>
+      </c>
+      <c r="G1012">
+        <v>1</v>
+      </c>
+      <c r="H1012" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013">
+        <v>267</v>
+      </c>
+      <c r="B1013">
+        <v>101211</v>
+      </c>
+      <c r="C1013" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1013" t="s">
+        <v>538</v>
+      </c>
+      <c r="F1013">
+        <v>0</v>
+      </c>
+      <c r="G1013">
+        <v>2</v>
+      </c>
+      <c r="H1013" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014">
+        <v>214</v>
+      </c>
+      <c r="B1014">
+        <v>101211</v>
+      </c>
+      <c r="C1014" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1014" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1014">
+        <v>81914</v>
+      </c>
+      <c r="G1014">
+        <v>1</v>
+      </c>
+      <c r="H1014" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015">
+        <v>204</v>
+      </c>
+      <c r="B1015">
+        <v>101211</v>
+      </c>
+      <c r="C1015" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1015" t="s">
+        <v>540</v>
+      </c>
+      <c r="F1015">
+        <v>57875</v>
+      </c>
+      <c r="G1015">
+        <v>2</v>
+      </c>
+      <c r="H1015" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016">
+        <v>205</v>
+      </c>
+      <c r="B1016">
+        <v>101211</v>
+      </c>
+      <c r="C1016" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1016" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1016">
+        <v>71110</v>
+      </c>
+      <c r="G1016">
+        <v>1</v>
+      </c>
+      <c r="H1016" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017">
+        <v>206</v>
+      </c>
+      <c r="B1017">
+        <v>101211</v>
+      </c>
+      <c r="C1017" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1017" t="s">
+        <v>416</v>
+      </c>
+      <c r="F1017">
+        <v>109265</v>
+      </c>
+      <c r="G1017">
+        <v>1</v>
+      </c>
+      <c r="H1017" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018">
+        <v>207</v>
+      </c>
+      <c r="B1018">
+        <v>101211</v>
+      </c>
+      <c r="C1018" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1018" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1018">
+        <v>69502</v>
+      </c>
+      <c r="G1018">
+        <v>1</v>
+      </c>
+      <c r="H1018" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019">
+        <v>213</v>
+      </c>
+      <c r="B1019">
+        <v>101211</v>
+      </c>
+      <c r="C1019" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1019" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1019">
+        <v>69923</v>
+      </c>
+      <c r="G1019">
+        <v>1</v>
+      </c>
+      <c r="H1019" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020">
+        <v>209</v>
+      </c>
+      <c r="B1020">
+        <v>101211</v>
+      </c>
+      <c r="C1020" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1020" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1020">
+        <v>58799</v>
+      </c>
+      <c r="G1020">
+        <v>1</v>
+      </c>
+      <c r="H1020" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021">
+        <v>210</v>
+      </c>
+      <c r="B1021">
+        <v>101211</v>
+      </c>
+      <c r="C1021" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1021" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1021">
+        <v>63746</v>
+      </c>
+      <c r="G1021">
+        <v>1</v>
+      </c>
+      <c r="H1021" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022">
+        <v>211</v>
+      </c>
+      <c r="B1022">
+        <v>101211</v>
+      </c>
+      <c r="C1022" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1022" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1022">
+        <v>81914</v>
+      </c>
+      <c r="G1022">
+        <v>1</v>
+      </c>
+      <c r="H1022" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023">
+        <v>212</v>
+      </c>
+      <c r="B1023">
+        <v>101211</v>
+      </c>
+      <c r="C1023" t="s" s="2">
+        <v>537</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>521</v>
+      </c>
+      <c r="E1023" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1023">
+        <v>58799</v>
+      </c>
+      <c r="G1023">
+        <v>1</v>
+      </c>
+      <c r="H1023" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024">
+        <v>190</v>
+      </c>
+      <c r="B1024">
+        <v>101003</v>
+      </c>
+      <c r="C1024" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1024" t="s">
+        <v>544</v>
+      </c>
+      <c r="F1024">
+        <v>66782</v>
+      </c>
+      <c r="G1024">
+        <v>1</v>
+      </c>
+      <c r="H1024" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025">
+        <v>191</v>
+      </c>
+      <c r="B1025">
+        <v>101003</v>
+      </c>
+      <c r="C1025" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1025" t="s">
+        <v>62</v>
+      </c>
+      <c r="F1025">
+        <v>75528</v>
+      </c>
+      <c r="G1025">
+        <v>2</v>
+      </c>
+      <c r="H1025" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026">
+        <v>177</v>
+      </c>
+      <c r="B1026">
+        <v>101003</v>
+      </c>
+      <c r="C1026" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>412</v>
+      </c>
+      <c r="F1026">
+        <v>80897</v>
+      </c>
+      <c r="G1026">
+        <v>2</v>
+      </c>
+      <c r="H1026" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027">
+        <v>192</v>
+      </c>
+      <c r="B1027">
+        <v>101003</v>
+      </c>
+      <c r="C1027" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1027" t="s">
+        <v>433</v>
+      </c>
+      <c r="F1027">
+        <v>60170</v>
+      </c>
+      <c r="G1027">
+        <v>1</v>
+      </c>
+      <c r="H1027" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028">
+        <v>193</v>
+      </c>
+      <c r="B1028">
+        <v>101003</v>
+      </c>
+      <c r="C1028" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1028" t="s">
+        <v>546</v>
+      </c>
+      <c r="F1028">
+        <v>96130</v>
+      </c>
+      <c r="G1028">
+        <v>1</v>
+      </c>
+      <c r="H1028" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029">
+        <v>194</v>
+      </c>
+      <c r="B1029">
+        <v>101003</v>
+      </c>
+      <c r="C1029" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1029" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1029">
+        <v>55688</v>
+      </c>
+      <c r="G1029">
+        <v>7</v>
+      </c>
+      <c r="H1029" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030">
+        <v>195</v>
+      </c>
+      <c r="B1030">
+        <v>101003</v>
+      </c>
+      <c r="C1030" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1030" t="s">
+        <v>30</v>
+      </c>
+      <c r="F1030">
+        <v>50566</v>
+      </c>
+      <c r="G1030">
+        <v>1</v>
+      </c>
+      <c r="H1030" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031">
+        <v>189</v>
+      </c>
+      <c r="B1031">
+        <v>101003</v>
+      </c>
+      <c r="C1031" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1031" t="s">
+        <v>152</v>
+      </c>
+      <c r="F1031">
+        <v>661</v>
+      </c>
+      <c r="G1031">
+        <v>4</v>
+      </c>
+      <c r="H1031" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032">
+        <v>188</v>
+      </c>
+      <c r="B1032">
+        <v>101003</v>
+      </c>
+      <c r="C1032" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1032" t="s">
+        <v>158</v>
+      </c>
+      <c r="F1032">
+        <v>6842</v>
+      </c>
+      <c r="G1032">
+        <v>6</v>
+      </c>
+      <c r="H1032" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033">
+        <v>186</v>
+      </c>
+      <c r="B1033">
+        <v>101003</v>
+      </c>
+      <c r="C1033" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1033" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1033">
+        <v>62418</v>
+      </c>
+      <c r="G1033">
+        <v>1</v>
+      </c>
+      <c r="H1033" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034">
+        <v>196</v>
+      </c>
+      <c r="B1034">
+        <v>101003</v>
+      </c>
+      <c r="C1034" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1034" t="s">
+        <v>120</v>
+      </c>
+      <c r="F1034">
+        <v>48433</v>
+      </c>
+      <c r="G1034">
+        <v>1</v>
+      </c>
+      <c r="H1034" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035">
+        <v>344</v>
+      </c>
+      <c r="B1035">
+        <v>101003</v>
+      </c>
+      <c r="C1035" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>152</v>
+      </c>
+      <c r="F1035">
+        <v>661</v>
+      </c>
+      <c r="G1035">
+        <v>2</v>
+      </c>
+      <c r="H1035" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036">
+        <v>169</v>
+      </c>
+      <c r="B1036">
+        <v>101003</v>
+      </c>
+      <c r="C1036" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1036" t="s">
+        <v>548</v>
+      </c>
+      <c r="F1036">
+        <v>127245</v>
+      </c>
+      <c r="G1036">
+        <v>1</v>
+      </c>
+      <c r="H1036"/>
+    </row>
+    <row r="1037">
+      <c r="A1037">
+        <v>170</v>
+      </c>
+      <c r="B1037">
+        <v>101003</v>
+      </c>
+      <c r="C1037" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1037" t="s">
+        <v>96</v>
+      </c>
+      <c r="F1037">
+        <v>108616</v>
+      </c>
+      <c r="G1037">
+        <v>1</v>
+      </c>
+      <c r="H1037" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038">
+        <v>171</v>
+      </c>
+      <c r="B1038">
+        <v>101003</v>
+      </c>
+      <c r="C1038" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1038" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1038" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1038">
+        <v>59296</v>
+      </c>
+      <c r="G1038">
+        <v>1</v>
+      </c>
+      <c r="H1038" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039">
+        <v>172</v>
+      </c>
+      <c r="B1039">
+        <v>101003</v>
+      </c>
+      <c r="C1039" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1039" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>393</v>
+      </c>
+      <c r="F1039">
+        <v>83631</v>
+      </c>
+      <c r="G1039">
+        <v>1</v>
+      </c>
+      <c r="H1039" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040">
+        <v>173</v>
+      </c>
+      <c r="B1040">
+        <v>101003</v>
+      </c>
+      <c r="C1040" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1040" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1040" t="s">
+        <v>314</v>
+      </c>
+      <c r="F1040">
+        <v>69772</v>
+      </c>
+      <c r="G1040">
+        <v>1</v>
+      </c>
+      <c r="H1040" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041">
+        <v>174</v>
+      </c>
+      <c r="B1041">
+        <v>101003</v>
+      </c>
+      <c r="C1041" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1041" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1041" t="s">
+        <v>70</v>
+      </c>
+      <c r="F1041">
+        <v>140468</v>
+      </c>
+      <c r="G1041">
+        <v>1</v>
+      </c>
+      <c r="H1041" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042">
+        <v>175</v>
+      </c>
+      <c r="B1042">
+        <v>101003</v>
+      </c>
+      <c r="C1042" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1042" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1042" t="s">
+        <v>68</v>
+      </c>
+      <c r="F1042">
+        <v>119854</v>
+      </c>
+      <c r="G1042">
+        <v>1</v>
+      </c>
+      <c r="H1042" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043">
+        <v>187</v>
+      </c>
+      <c r="B1043">
+        <v>101003</v>
+      </c>
+      <c r="C1043" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1043" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1043" t="s">
+        <v>34</v>
+      </c>
+      <c r="F1043">
+        <v>89887</v>
+      </c>
+      <c r="G1043">
+        <v>1</v>
+      </c>
+      <c r="H1043" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044">
+        <v>176</v>
+      </c>
+      <c r="B1044">
+        <v>101003</v>
+      </c>
+      <c r="C1044" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1044" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1044" t="s">
+        <v>206</v>
+      </c>
+      <c r="F1044">
+        <v>104745</v>
+      </c>
+      <c r="G1044">
+        <v>1</v>
+      </c>
+      <c r="H1044" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045">
+        <v>179</v>
+      </c>
+      <c r="B1045">
+        <v>101003</v>
+      </c>
+      <c r="C1045" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1045" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1045" t="s">
+        <v>14</v>
+      </c>
+      <c r="F1045">
+        <v>106107</v>
+      </c>
+      <c r="G1045">
+        <v>1</v>
+      </c>
+      <c r="H1045" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046">
+        <v>180</v>
+      </c>
+      <c r="B1046">
+        <v>101003</v>
+      </c>
+      <c r="C1046" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1046" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1046" t="s">
+        <v>229</v>
+      </c>
+      <c r="F1046">
+        <v>92384</v>
+      </c>
+      <c r="G1046">
+        <v>1</v>
+      </c>
+      <c r="H1046" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047">
+        <v>181</v>
+      </c>
+      <c r="B1047">
+        <v>101003</v>
+      </c>
+      <c r="C1047" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1047" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1047" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1047">
+        <v>144826</v>
+      </c>
+      <c r="G1047">
+        <v>1</v>
+      </c>
+      <c r="H1047" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048">
+        <v>182</v>
+      </c>
+      <c r="B1048">
+        <v>101003</v>
+      </c>
+      <c r="C1048" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1048" t="s">
+        <v>288</v>
+      </c>
+      <c r="F1048">
+        <v>103622</v>
+      </c>
+      <c r="G1048">
+        <v>2</v>
+      </c>
+      <c r="H1048" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049">
+        <v>183</v>
+      </c>
+      <c r="B1049">
+        <v>101003</v>
+      </c>
+      <c r="C1049" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1049" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1049" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1049">
+        <v>66783</v>
+      </c>
+      <c r="G1049">
+        <v>2</v>
+      </c>
+      <c r="H1049" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050">
+        <v>184</v>
+      </c>
+      <c r="B1050">
+        <v>101003</v>
+      </c>
+      <c r="C1050" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1050" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1050" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1050">
+        <v>81771</v>
+      </c>
+      <c r="G1050">
+        <v>1</v>
+      </c>
+      <c r="H1050" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1051">
+      <c r="A1051">
+        <v>185</v>
+      </c>
+      <c r="B1051">
+        <v>101003</v>
+      </c>
+      <c r="C1051" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1051" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1051" t="s">
+        <v>118</v>
+      </c>
+      <c r="F1051">
+        <v>81147</v>
+      </c>
+      <c r="G1051">
+        <v>1</v>
+      </c>
+      <c r="H1051" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="1052">
+      <c r="A1052">
+        <v>178</v>
+      </c>
+      <c r="B1052">
+        <v>101003</v>
+      </c>
+      <c r="C1052" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1052" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1052" t="s">
+        <v>414</v>
+      </c>
+      <c r="F1052">
+        <v>81147</v>
+      </c>
+      <c r="G1052">
+        <v>2</v>
+      </c>
+      <c r="H1052" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1053">
+      <c r="A1053">
+        <v>197</v>
+      </c>
+      <c r="B1053">
+        <v>101003</v>
+      </c>
+      <c r="C1053" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1053" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1053" t="s">
+        <v>112</v>
+      </c>
+      <c r="F1053">
+        <v>73418</v>
+      </c>
+      <c r="G1053">
+        <v>2</v>
+      </c>
+      <c r="H1053" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1054">
+      <c r="A1054">
+        <v>198</v>
+      </c>
+      <c r="B1054">
+        <v>101003</v>
+      </c>
+      <c r="C1054" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1054" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1054" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1054">
+        <v>80273</v>
+      </c>
+      <c r="G1054">
+        <v>2</v>
+      </c>
+      <c r="H1054" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1055">
+      <c r="A1055">
+        <v>199</v>
+      </c>
+      <c r="B1055">
+        <v>101003</v>
+      </c>
+      <c r="C1055" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1055" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1055" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1055">
+        <v>69035</v>
+      </c>
+      <c r="G1055">
+        <v>1</v>
+      </c>
+      <c r="H1055" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1056">
+      <c r="A1056">
+        <v>200</v>
+      </c>
+      <c r="B1056">
+        <v>101003</v>
+      </c>
+      <c r="C1056" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>513</v>
+      </c>
+      <c r="F1056">
+        <v>76140</v>
+      </c>
+      <c r="G1056">
+        <v>1</v>
+      </c>
+      <c r="H1056" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="1057">
+      <c r="A1057">
+        <v>201</v>
+      </c>
+      <c r="B1057">
+        <v>101003</v>
+      </c>
+      <c r="C1057" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1057" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>331</v>
+      </c>
+      <c r="F1057">
+        <v>52229</v>
+      </c>
+      <c r="G1057">
+        <v>1</v>
+      </c>
+      <c r="H1057" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="1058">
+      <c r="A1058">
+        <v>202</v>
+      </c>
+      <c r="B1058">
+        <v>101003</v>
+      </c>
+      <c r="C1058" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1058" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1058" t="s">
+        <v>465</v>
+      </c>
+      <c r="F1058">
+        <v>54926</v>
+      </c>
+      <c r="G1058">
+        <v>2</v>
+      </c>
+      <c r="H1058" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059">
+        <v>203</v>
+      </c>
+      <c r="B1059">
+        <v>101003</v>
+      </c>
+      <c r="C1059" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1059" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1059" t="s">
+        <v>102</v>
+      </c>
+      <c r="F1059">
+        <v>93663</v>
+      </c>
+      <c r="G1059">
+        <v>1</v>
+      </c>
+      <c r="H1059" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="1060">
+      <c r="A1060">
+        <v>395</v>
+      </c>
+      <c r="B1060">
+        <v>101003</v>
+      </c>
+      <c r="C1060" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1060" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1060">
+        <v>108262</v>
+      </c>
+      <c r="G1060">
+        <v>1</v>
+      </c>
+      <c r="H1060" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1061">
+      <c r="A1061">
+        <v>432</v>
+      </c>
+      <c r="B1061">
+        <v>101003</v>
+      </c>
+      <c r="C1061" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="D1061" t="s">
+        <v>543</v>
+      </c>
+      <c r="E1061" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1061">
+        <v>108000</v>
+      </c>
+      <c r="G1061">
+        <v>1</v>
+      </c>
+      <c r="H1061" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1062">
+      <c r="A1062">
+        <v>90</v>
+      </c>
+      <c r="B1062">
+        <v>88063</v>
+      </c>
+      <c r="C1062" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1062" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>246</v>
+      </c>
+      <c r="F1062">
+        <v>3835</v>
+      </c>
+      <c r="G1062">
+        <v>1</v>
+      </c>
+      <c r="H1062" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063">
+        <v>91</v>
+      </c>
+      <c r="B1063">
+        <v>88063</v>
+      </c>
+      <c r="C1063" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1063" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1063" t="s">
+        <v>244</v>
+      </c>
+      <c r="F1063">
+        <v>5126</v>
+      </c>
+      <c r="G1063">
+        <v>3</v>
+      </c>
+      <c r="H1063" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064">
+        <v>70</v>
+      </c>
+      <c r="B1064">
+        <v>88063</v>
+      </c>
+      <c r="C1064" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>120</v>
+      </c>
+      <c r="F1064">
+        <v>47619</v>
+      </c>
+      <c r="G1064">
+        <v>2</v>
+      </c>
+      <c r="H1064" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065">
+        <v>69</v>
+      </c>
+      <c r="B1065">
+        <v>88063</v>
+      </c>
+      <c r="C1065" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1065" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1065" t="s">
+        <v>30</v>
+      </c>
+      <c r="F1065">
+        <v>49624</v>
+      </c>
+      <c r="G1065">
+        <v>1</v>
+      </c>
+      <c r="H1065" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066">
+        <v>68</v>
+      </c>
+      <c r="B1066">
+        <v>88063</v>
+      </c>
+      <c r="C1066" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1066" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1066" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1066">
+        <v>55528</v>
+      </c>
+      <c r="G1066">
+        <v>9</v>
+      </c>
+      <c r="H1066" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067">
+        <v>67</v>
+      </c>
+      <c r="B1067">
+        <v>88063</v>
+      </c>
+      <c r="C1067" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1067" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1067" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1067">
+        <v>65167</v>
+      </c>
+      <c r="G1067">
+        <v>2</v>
+      </c>
+      <c r="H1067" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1068">
+      <c r="A1068">
+        <v>66</v>
+      </c>
+      <c r="B1068">
+        <v>88063</v>
+      </c>
+      <c r="C1068" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>118</v>
+      </c>
+      <c r="F1068">
+        <v>81462</v>
+      </c>
+      <c r="G1068">
+        <v>1</v>
+      </c>
+      <c r="H1068" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="1069">
+      <c r="A1069">
+        <v>92</v>
+      </c>
+      <c r="B1069">
+        <v>88063</v>
+      </c>
+      <c r="C1069" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1069" t="s">
+        <v>240</v>
+      </c>
+      <c r="F1069">
+        <v>6254</v>
+      </c>
+      <c r="G1069">
+        <v>3</v>
+      </c>
+      <c r="H1069" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="1070">
+      <c r="A1070">
+        <v>63</v>
+      </c>
+      <c r="B1070">
+        <v>88063</v>
+      </c>
+      <c r="C1070" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1070" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1070" t="s">
+        <v>416</v>
+      </c>
+      <c r="F1070">
+        <v>103774</v>
+      </c>
+      <c r="G1070">
+        <v>3</v>
+      </c>
+      <c r="H1070" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="1071">
+      <c r="A1071">
+        <v>64</v>
+      </c>
+      <c r="B1071">
+        <v>88063</v>
+      </c>
+      <c r="C1071" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1071" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1071" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1071">
+        <v>82089</v>
+      </c>
+      <c r="G1071">
+        <v>2</v>
+      </c>
+      <c r="H1071" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1072">
+      <c r="A1072">
+        <v>89</v>
+      </c>
+      <c r="B1072">
+        <v>88063</v>
+      </c>
+      <c r="C1072" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1072" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1072" t="s">
+        <v>156</v>
+      </c>
+      <c r="F1072">
+        <v>9513</v>
+      </c>
+      <c r="G1072">
+        <v>5</v>
+      </c>
+      <c r="H1072" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1073">
+      <c r="A1073">
+        <v>62</v>
+      </c>
+      <c r="B1073">
+        <v>88063</v>
+      </c>
+      <c r="C1073" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>124</v>
+      </c>
+      <c r="F1073">
+        <v>71422</v>
+      </c>
+      <c r="G1073">
+        <v>2</v>
+      </c>
+      <c r="H1073" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1074">
+      <c r="A1074">
+        <v>61</v>
+      </c>
+      <c r="B1074">
+        <v>88063</v>
+      </c>
+      <c r="C1074" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1074" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1074" t="s">
+        <v>248</v>
+      </c>
+      <c r="F1074">
+        <v>5001</v>
+      </c>
+      <c r="G1074">
+        <v>2</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1075">
+      <c r="A1075">
+        <v>60</v>
+      </c>
+      <c r="B1075">
+        <v>88063</v>
+      </c>
+      <c r="C1075" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1075" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1075" t="s">
+        <v>551</v>
+      </c>
+      <c r="F1075">
+        <v>9889</v>
+      </c>
+      <c r="G1075">
+        <v>2</v>
+      </c>
+      <c r="H1075"/>
+    </row>
+    <row r="1076">
+      <c r="A1076">
+        <v>59</v>
+      </c>
+      <c r="B1076">
+        <v>88063</v>
+      </c>
+      <c r="C1076" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1076" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1076" t="s">
+        <v>142</v>
+      </c>
+      <c r="F1076">
+        <v>93921</v>
+      </c>
+      <c r="G1076">
+        <v>1</v>
+      </c>
+      <c r="H1076" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1077">
+      <c r="A1077">
+        <v>65</v>
+      </c>
+      <c r="B1077">
+        <v>88063</v>
+      </c>
+      <c r="C1077" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1077" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1077" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1077">
+        <v>67047</v>
+      </c>
+      <c r="G1077">
+        <v>2</v>
+      </c>
+      <c r="H1077" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1078">
+      <c r="A1078">
+        <v>88</v>
+      </c>
+      <c r="B1078">
+        <v>88063</v>
+      </c>
+      <c r="C1078" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1078" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1078" t="s">
+        <v>154</v>
+      </c>
+      <c r="F1078">
+        <v>5252</v>
+      </c>
+      <c r="G1078">
+        <v>2</v>
+      </c>
+      <c r="H1078" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1079">
+      <c r="A1079">
+        <v>85</v>
+      </c>
+      <c r="B1079">
+        <v>88063</v>
+      </c>
+      <c r="C1079" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>552</v>
+      </c>
+      <c r="F1079">
+        <v>1103</v>
+      </c>
+      <c r="G1079">
+        <v>2</v>
+      </c>
+      <c r="H1079" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="1080">
+      <c r="A1080">
+        <v>86</v>
+      </c>
+      <c r="B1080">
+        <v>88063</v>
+      </c>
+      <c r="C1080" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1080" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1080" t="s">
+        <v>180</v>
+      </c>
+      <c r="F1080">
+        <v>2193</v>
+      </c>
+      <c r="G1080">
+        <v>2</v>
+      </c>
+      <c r="H1080" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="1081">
+      <c r="A1081">
+        <v>72</v>
+      </c>
+      <c r="B1081">
+        <v>88063</v>
+      </c>
+      <c r="C1081" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1081" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1081" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1081">
+        <v>62297</v>
+      </c>
+      <c r="G1081">
+        <v>1</v>
+      </c>
+      <c r="H1081" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1082">
+      <c r="A1082">
+        <v>73</v>
+      </c>
+      <c r="B1082">
+        <v>88063</v>
+      </c>
+      <c r="C1082" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1082" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1082">
+        <v>80209</v>
+      </c>
+      <c r="G1082">
+        <v>2</v>
+      </c>
+      <c r="H1082" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1083">
+      <c r="A1083">
+        <v>74</v>
+      </c>
+      <c r="B1083">
+        <v>88063</v>
+      </c>
+      <c r="C1083" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1083" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1083" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1083">
+        <v>68063</v>
+      </c>
+      <c r="G1083">
+        <v>1</v>
+      </c>
+      <c r="H1083" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1084">
+      <c r="A1084">
+        <v>75</v>
+      </c>
+      <c r="B1084">
+        <v>88063</v>
+      </c>
+      <c r="C1084" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1084" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1084" t="s">
+        <v>467</v>
+      </c>
+      <c r="F1084">
+        <v>58887</v>
+      </c>
+      <c r="G1084">
+        <v>1</v>
+      </c>
+      <c r="H1084" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1085">
+      <c r="A1085">
+        <v>76</v>
+      </c>
+      <c r="B1085">
+        <v>88063</v>
+      </c>
+      <c r="C1085" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1085" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1085" t="s">
+        <v>329</v>
+      </c>
+      <c r="F1085">
+        <v>58135</v>
+      </c>
+      <c r="G1085">
+        <v>1</v>
+      </c>
+      <c r="H1085" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1086">
+      <c r="A1086">
+        <v>77</v>
+      </c>
+      <c r="B1086">
+        <v>88063</v>
+      </c>
+      <c r="C1086" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1086" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1086" t="s">
+        <v>496</v>
+      </c>
+      <c r="F1086">
+        <v>37252</v>
+      </c>
+      <c r="G1086">
+        <v>1</v>
+      </c>
+      <c r="H1086" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="1087">
+      <c r="A1087">
+        <v>78</v>
+      </c>
+      <c r="B1087">
+        <v>88063</v>
+      </c>
+      <c r="C1087" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1087" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1087" t="s">
+        <v>465</v>
+      </c>
+      <c r="F1087">
+        <v>55139</v>
+      </c>
+      <c r="G1087">
+        <v>1</v>
+      </c>
+      <c r="H1087" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1088">
+      <c r="A1088">
+        <v>87</v>
+      </c>
+      <c r="B1088">
+        <v>88063</v>
+      </c>
+      <c r="C1088" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1088" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1088" t="s">
+        <v>325</v>
+      </c>
+      <c r="F1088">
+        <v>11143</v>
+      </c>
+      <c r="G1088">
+        <v>5</v>
+      </c>
+      <c r="H1088" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="1089">
+      <c r="A1089">
+        <v>79</v>
+      </c>
+      <c r="B1089">
+        <v>88063</v>
+      </c>
+      <c r="C1089" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1089" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1089" t="s">
+        <v>138</v>
+      </c>
+      <c r="F1089">
+        <v>99011</v>
+      </c>
+      <c r="G1089">
+        <v>1</v>
+      </c>
+      <c r="H1089" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="1090">
+      <c r="A1090">
+        <v>81</v>
+      </c>
+      <c r="B1090">
+        <v>88063</v>
+      </c>
+      <c r="C1090" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1090" t="s">
+        <v>162</v>
+      </c>
+      <c r="F1090">
+        <v>3497</v>
+      </c>
+      <c r="G1090">
+        <v>5</v>
+      </c>
+      <c r="H1090" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="1091">
+      <c r="A1091">
+        <v>82</v>
+      </c>
+      <c r="B1091">
+        <v>88063</v>
+      </c>
+      <c r="C1091" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1091" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>158</v>
+      </c>
+      <c r="F1091">
+        <v>7132</v>
+      </c>
+      <c r="G1091">
+        <v>12</v>
+      </c>
+      <c r="H1091" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="1092">
+      <c r="A1092">
+        <v>83</v>
+      </c>
+      <c r="B1092">
+        <v>88063</v>
+      </c>
+      <c r="C1092" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1092" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1092" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1092">
+        <v>10391</v>
+      </c>
+      <c r="G1092">
+        <v>8</v>
+      </c>
+      <c r="H1092" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="1093">
+      <c r="A1093">
+        <v>71</v>
+      </c>
+      <c r="B1093">
+        <v>88063</v>
+      </c>
+      <c r="C1093" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1093" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1093" t="s">
+        <v>42</v>
+      </c>
+      <c r="F1093">
+        <v>39734</v>
+      </c>
+      <c r="G1093">
+        <v>1</v>
+      </c>
+      <c r="H1093" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1094">
+      <c r="A1094">
+        <v>84</v>
+      </c>
+      <c r="B1094">
+        <v>88063</v>
+      </c>
+      <c r="C1094" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1094" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1094" t="s">
+        <v>170</v>
+      </c>
+      <c r="F1094">
+        <v>845</v>
+      </c>
+      <c r="G1094">
+        <v>2</v>
+      </c>
+      <c r="H1094" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="1095">
+      <c r="A1095">
+        <v>58</v>
+      </c>
+      <c r="B1095">
+        <v>88063</v>
+      </c>
+      <c r="C1095" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1095" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1095" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1095">
+        <v>55766</v>
+      </c>
+      <c r="G1095">
+        <v>1</v>
+      </c>
+      <c r="H1095" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1096">
+      <c r="A1096">
+        <v>80</v>
+      </c>
+      <c r="B1096">
+        <v>88063</v>
+      </c>
+      <c r="C1096" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1096" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1096" t="s">
+        <v>554</v>
+      </c>
+      <c r="F1096">
+        <v>80366</v>
+      </c>
+      <c r="G1096">
+        <v>1</v>
+      </c>
+      <c r="H1096" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="1097">
+      <c r="A1097">
+        <v>57</v>
+      </c>
+      <c r="B1097">
+        <v>88063</v>
+      </c>
+      <c r="C1097" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1097" t="s">
+        <v>288</v>
+      </c>
+      <c r="F1097">
+        <v>104024</v>
+      </c>
+      <c r="G1097">
+        <v>1</v>
+      </c>
+      <c r="H1097" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1098">
+      <c r="A1098">
+        <v>245</v>
+      </c>
+      <c r="B1098">
+        <v>88063</v>
+      </c>
+      <c r="C1098" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1098" t="s">
+        <v>459</v>
+      </c>
+      <c r="F1098">
+        <v>8000</v>
+      </c>
+      <c r="G1098">
+        <v>1</v>
+      </c>
+      <c r="H1098" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="1099">
+      <c r="A1099">
+        <v>217</v>
+      </c>
+      <c r="B1099">
+        <v>88063</v>
+      </c>
+      <c r="C1099" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1099" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1099" t="s">
+        <v>538</v>
+      </c>
+      <c r="F1099">
+        <v>114</v>
+      </c>
+      <c r="G1099">
+        <v>4</v>
+      </c>
+      <c r="H1099" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="1100">
+      <c r="A1100">
+        <v>549</v>
+      </c>
+      <c r="B1100">
+        <v>88063</v>
+      </c>
+      <c r="C1100" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1100" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1100" t="s">
+        <v>337</v>
+      </c>
+      <c r="F1100">
+        <v>1900</v>
+      </c>
+      <c r="G1100">
+        <v>2</v>
+      </c>
+      <c r="H1100" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="1101">
+      <c r="A1101">
+        <v>436</v>
+      </c>
+      <c r="B1101">
+        <v>88063</v>
+      </c>
+      <c r="C1101" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1101" t="s">
+        <v>351</v>
+      </c>
+      <c r="F1101">
+        <v>1783</v>
+      </c>
+      <c r="G1101">
+        <v>2</v>
+      </c>
+      <c r="H1101" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="1102">
+      <c r="A1102">
+        <v>93</v>
+      </c>
+      <c r="B1102">
+        <v>88063</v>
+      </c>
+      <c r="C1102" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1102" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1102" t="s">
+        <v>349</v>
+      </c>
+      <c r="F1102">
+        <v>4963</v>
+      </c>
+      <c r="G1102">
+        <v>3</v>
+      </c>
+      <c r="H1102" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1103">
+      <c r="A1103">
+        <v>216</v>
+      </c>
+      <c r="B1103">
+        <v>88063</v>
+      </c>
+      <c r="C1103" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1103" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1103" t="s">
+        <v>345</v>
+      </c>
+      <c r="F1103">
+        <v>228</v>
+      </c>
+      <c r="G1103">
+        <v>6</v>
+      </c>
+      <c r="H1103" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="1104">
+      <c r="A1104">
+        <v>215</v>
+      </c>
+      <c r="B1104">
+        <v>88063</v>
+      </c>
+      <c r="C1104" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1104" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1104" t="s">
+        <v>343</v>
+      </c>
+      <c r="F1104">
+        <v>198</v>
+      </c>
+      <c r="G1104">
+        <v>6</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="1105">
+      <c r="A1105">
+        <v>244</v>
+      </c>
+      <c r="B1105">
+        <v>88063</v>
+      </c>
+      <c r="C1105" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1105" t="s">
+        <v>467</v>
+      </c>
+      <c r="F1105">
+        <v>63000</v>
+      </c>
+      <c r="G1105">
+        <v>1</v>
+      </c>
+      <c r="H1105" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1106">
+      <c r="A1106">
+        <v>94</v>
+      </c>
+      <c r="B1106">
+        <v>88063</v>
+      </c>
+      <c r="C1106" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>550</v>
+      </c>
+      <c r="E1106" t="s">
+        <v>252</v>
+      </c>
+      <c r="F1106">
+        <v>7508</v>
+      </c>
+      <c r="G1106">
+        <v>1</v>
+      </c>
+      <c r="H1106" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="1107">
+      <c r="A1107">
+        <v>47</v>
+      </c>
+      <c r="B1107">
+        <v>87929</v>
+      </c>
+      <c r="C1107" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1107" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1107" t="s">
+        <v>299</v>
+      </c>
+      <c r="F1107">
+        <v>126026</v>
+      </c>
+      <c r="G1107">
+        <v>1</v>
+      </c>
+      <c r="H1107" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1108">
+      <c r="A1108">
+        <v>39</v>
+      </c>
+      <c r="B1108">
+        <v>87929</v>
+      </c>
+      <c r="C1108" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>34</v>
+      </c>
+      <c r="F1108">
+        <v>90735</v>
+      </c>
+      <c r="G1108">
+        <v>1</v>
+      </c>
+      <c r="H1108" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1109">
+      <c r="A1109">
+        <v>38</v>
+      </c>
+      <c r="B1109">
+        <v>87929</v>
+      </c>
+      <c r="C1109" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1109" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1109" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1109">
+        <v>65527</v>
+      </c>
+      <c r="G1109">
+        <v>1</v>
+      </c>
+      <c r="H1109" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1110">
+      <c r="A1110">
+        <v>37</v>
+      </c>
+      <c r="B1110">
+        <v>87929</v>
+      </c>
+      <c r="C1110" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1110" t="s">
+        <v>118</v>
+      </c>
+      <c r="F1110">
+        <v>81912</v>
+      </c>
+      <c r="G1110">
+        <v>1</v>
+      </c>
+      <c r="H1110" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="1111">
+      <c r="A1111">
+        <v>36</v>
+      </c>
+      <c r="B1111">
+        <v>87929</v>
+      </c>
+      <c r="C1111" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1111">
+        <v>67418</v>
+      </c>
+      <c r="G1111">
+        <v>2</v>
+      </c>
+      <c r="H1111" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1112">
+      <c r="A1112">
+        <v>56</v>
+      </c>
+      <c r="B1112">
+        <v>87929</v>
+      </c>
+      <c r="C1112" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1112" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1112" t="s">
+        <v>42</v>
+      </c>
+      <c r="F1112">
+        <v>39954</v>
+      </c>
+      <c r="G1112">
+        <v>1</v>
+      </c>
+      <c r="H1112" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1113">
+      <c r="A1113">
+        <v>35</v>
+      </c>
+      <c r="B1113">
+        <v>87929</v>
+      </c>
+      <c r="C1113" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1113" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1113" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1113">
+        <v>82542</v>
+      </c>
+      <c r="G1113">
+        <v>1</v>
+      </c>
+      <c r="H1113" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1114">
+      <c r="A1114">
+        <v>34</v>
+      </c>
+      <c r="B1114">
+        <v>87929</v>
+      </c>
+      <c r="C1114" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1114" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1114" t="s">
+        <v>544</v>
+      </c>
+      <c r="F1114">
+        <v>66787</v>
+      </c>
+      <c r="G1114">
+        <v>1</v>
+      </c>
+      <c r="H1114" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1115">
+      <c r="A1115">
+        <v>33</v>
+      </c>
+      <c r="B1115">
+        <v>87929</v>
+      </c>
+      <c r="C1115" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1115" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1115" t="s">
+        <v>557</v>
+      </c>
+      <c r="F1115">
+        <v>69938</v>
+      </c>
+      <c r="G1115">
+        <v>1</v>
+      </c>
+      <c r="H1115" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="1116">
+      <c r="A1116">
+        <v>32</v>
+      </c>
+      <c r="B1116">
+        <v>87929</v>
+      </c>
+      <c r="C1116" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1116" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1116" t="s">
+        <v>48</v>
+      </c>
+      <c r="F1116">
+        <v>56074</v>
+      </c>
+      <c r="G1116">
+        <v>1</v>
+      </c>
+      <c r="H1116" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="1117">
+      <c r="A1117">
+        <v>31</v>
+      </c>
+      <c r="B1117">
+        <v>87929</v>
+      </c>
+      <c r="C1117" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1117" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1117" t="s">
+        <v>40</v>
+      </c>
+      <c r="F1117">
+        <v>56074</v>
+      </c>
+      <c r="G1117">
+        <v>1</v>
+      </c>
+      <c r="H1117" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="1118">
+      <c r="A1118">
+        <v>30</v>
+      </c>
+      <c r="B1118">
+        <v>87929</v>
+      </c>
+      <c r="C1118" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1118" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1118" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1118">
+        <v>59855</v>
+      </c>
+      <c r="G1118">
+        <v>1</v>
+      </c>
+      <c r="H1118" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1119">
+      <c r="A1119">
+        <v>29</v>
+      </c>
+      <c r="B1119">
+        <v>87929</v>
+      </c>
+      <c r="C1119" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1119" t="s">
+        <v>46</v>
+      </c>
+      <c r="F1119">
+        <v>59398</v>
+      </c>
+      <c r="G1119">
+        <v>1</v>
+      </c>
+      <c r="H1119" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120">
+        <v>28</v>
+      </c>
+      <c r="B1120">
+        <v>87929</v>
+      </c>
+      <c r="C1120" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1120" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1120" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1120">
+        <v>186650</v>
+      </c>
+      <c r="G1120">
+        <v>1</v>
+      </c>
+      <c r="H1120" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1121">
+      <c r="A1121">
+        <v>27</v>
+      </c>
+      <c r="B1121">
+        <v>87929</v>
+      </c>
+      <c r="C1121" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1121" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1121" t="s">
+        <v>316</v>
+      </c>
+      <c r="F1121">
+        <v>139134</v>
+      </c>
+      <c r="G1121">
+        <v>1</v>
+      </c>
+      <c r="H1121" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="1122">
+      <c r="A1122">
+        <v>48</v>
+      </c>
+      <c r="B1122">
+        <v>87929</v>
+      </c>
+      <c r="C1122" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1122" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1122" t="s">
+        <v>387</v>
+      </c>
+      <c r="F1122">
+        <v>104599</v>
+      </c>
+      <c r="G1122">
+        <v>1</v>
+      </c>
+      <c r="H1122" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="1123">
+      <c r="A1123">
+        <v>26</v>
+      </c>
+      <c r="B1123">
+        <v>87929</v>
+      </c>
+      <c r="C1123" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1123" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1123" t="s">
+        <v>288</v>
+      </c>
+      <c r="F1123">
+        <v>104599</v>
+      </c>
+      <c r="G1123">
+        <v>1</v>
+      </c>
+      <c r="H1123" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124">
+        <v>53</v>
+      </c>
+      <c r="B1124">
+        <v>87929</v>
+      </c>
+      <c r="C1124" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1124" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1124" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1124">
+        <v>68439</v>
+      </c>
+      <c r="G1124">
+        <v>1</v>
+      </c>
+      <c r="H1124" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1125">
+      <c r="A1125">
+        <v>52</v>
+      </c>
+      <c r="B1125">
+        <v>87929</v>
+      </c>
+      <c r="C1125" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1125" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1125" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1125">
+        <v>80627</v>
+      </c>
+      <c r="G1125">
+        <v>1</v>
+      </c>
+      <c r="H1125" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1126">
+      <c r="A1126">
+        <v>54</v>
+      </c>
+      <c r="B1126">
+        <v>87929</v>
+      </c>
+      <c r="C1126" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1126" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1126" t="s">
+        <v>30</v>
+      </c>
+      <c r="F1126">
+        <v>49898</v>
+      </c>
+      <c r="G1126">
+        <v>1</v>
+      </c>
+      <c r="H1126" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1127">
+      <c r="A1127">
+        <v>51</v>
+      </c>
+      <c r="B1127">
+        <v>87929</v>
+      </c>
+      <c r="C1127" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1127" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1127" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1127">
+        <v>62641</v>
+      </c>
+      <c r="G1127">
+        <v>1</v>
+      </c>
+      <c r="H1127" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1128">
+      <c r="A1128">
+        <v>50</v>
+      </c>
+      <c r="B1128">
+        <v>87929</v>
+      </c>
+      <c r="C1128" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1128" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1128" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1128">
+        <v>55835</v>
+      </c>
+      <c r="G1128">
+        <v>6</v>
+      </c>
+      <c r="H1128" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1129">
+      <c r="A1129">
+        <v>49</v>
+      </c>
+      <c r="B1129">
+        <v>87929</v>
+      </c>
+      <c r="C1129" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1129" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1129" t="s">
+        <v>124</v>
+      </c>
+      <c r="F1129">
+        <v>71816</v>
+      </c>
+      <c r="G1129">
+        <v>1</v>
+      </c>
+      <c r="H1129" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1130">
+      <c r="A1130">
+        <v>40</v>
+      </c>
+      <c r="B1130">
+        <v>87929</v>
+      </c>
+      <c r="C1130" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1130" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1130" t="s">
+        <v>561</v>
+      </c>
+      <c r="F1130">
+        <v>118463</v>
+      </c>
+      <c r="G1130">
+        <v>1</v>
+      </c>
+      <c r="H1130" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="1131">
+      <c r="A1131">
+        <v>41</v>
+      </c>
+      <c r="B1131">
+        <v>87929</v>
+      </c>
+      <c r="C1131" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1131" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1131" t="s">
+        <v>414</v>
+      </c>
+      <c r="F1131">
+        <v>81912</v>
+      </c>
+      <c r="G1131">
+        <v>1</v>
+      </c>
+      <c r="H1131" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1132">
+      <c r="A1132">
+        <v>42</v>
+      </c>
+      <c r="B1132">
+        <v>87929</v>
+      </c>
+      <c r="C1132" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1132" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1132" t="s">
+        <v>433</v>
+      </c>
+      <c r="F1132">
+        <v>60486</v>
+      </c>
+      <c r="G1132">
+        <v>1</v>
+      </c>
+      <c r="H1132" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="1133">
+      <c r="A1133">
+        <v>43</v>
+      </c>
+      <c r="B1133">
+        <v>87929</v>
+      </c>
+      <c r="C1133" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1133" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1133" t="s">
+        <v>282</v>
+      </c>
+      <c r="F1133">
+        <v>66787</v>
+      </c>
+      <c r="G1133">
+        <v>1</v>
+      </c>
+      <c r="H1133" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="1134">
+      <c r="A1134">
+        <v>44</v>
+      </c>
+      <c r="B1134">
+        <v>87929</v>
+      </c>
+      <c r="C1134" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1134" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1134" t="s">
+        <v>96</v>
+      </c>
+      <c r="F1134">
+        <v>110775</v>
+      </c>
+      <c r="G1134">
+        <v>1</v>
+      </c>
+      <c r="H1134" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135">
+        <v>45</v>
+      </c>
+      <c r="B1135">
+        <v>87929</v>
+      </c>
+      <c r="C1135" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1135" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1135" t="s">
+        <v>208</v>
+      </c>
+      <c r="F1135">
+        <v>92499</v>
+      </c>
+      <c r="G1135">
+        <v>1</v>
+      </c>
+      <c r="H1135" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1136">
+      <c r="A1136">
+        <v>46</v>
+      </c>
+      <c r="B1136">
+        <v>87929</v>
+      </c>
+      <c r="C1136" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1136" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1136" t="s">
+        <v>479</v>
+      </c>
+      <c r="F1136">
+        <v>92386</v>
+      </c>
+      <c r="G1136">
+        <v>1</v>
+      </c>
+      <c r="H1136" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1137">
+      <c r="A1137">
+        <v>25</v>
+      </c>
+      <c r="B1137">
+        <v>87929</v>
+      </c>
+      <c r="C1137" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1137" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1137" t="s">
+        <v>563</v>
+      </c>
+      <c r="F1137">
+        <v>79379</v>
+      </c>
+      <c r="G1137">
+        <v>1</v>
+      </c>
+      <c r="H1137" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="1138">
+      <c r="A1138">
+        <v>55</v>
+      </c>
+      <c r="B1138">
+        <v>87929</v>
+      </c>
+      <c r="C1138" t="s" s="2">
+        <v>549</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1138" t="s">
+        <v>120</v>
+      </c>
+      <c r="F1138">
+        <v>47882</v>
+      </c>
+      <c r="G1138">
+        <v>1</v>
+      </c>
+      <c r="H1138" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="1139">
+      <c r="A1139">
+        <v>163</v>
+      </c>
+      <c r="B1139">
+        <v>100498</v>
+      </c>
+      <c r="C1139" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1139" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1139">
+        <v>67233</v>
+      </c>
+      <c r="G1139">
+        <v>2</v>
+      </c>
+      <c r="H1139" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1140">
+      <c r="A1140">
+        <v>151</v>
+      </c>
+      <c r="B1140">
+        <v>100498</v>
+      </c>
+      <c r="C1140" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1140" t="s">
+        <v>502</v>
+      </c>
+      <c r="F1140">
+        <v>18841</v>
+      </c>
+      <c r="G1140">
+        <v>2</v>
+      </c>
+      <c r="H1140" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="1141">
+      <c r="A1141">
+        <v>147</v>
+      </c>
+      <c r="B1141">
+        <v>100498</v>
+      </c>
+      <c r="C1141" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1141" t="s">
+        <v>288</v>
+      </c>
+      <c r="F1141">
+        <v>104313</v>
+      </c>
+      <c r="G1141">
+        <v>1</v>
+      </c>
+      <c r="H1141" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1142">
+      <c r="A1142">
+        <v>148</v>
+      </c>
+      <c r="B1142">
+        <v>100498</v>
+      </c>
+      <c r="C1142" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1142" t="s">
+        <v>567</v>
+      </c>
+      <c r="F1142">
+        <v>81676</v>
+      </c>
+      <c r="G1142">
+        <v>1</v>
+      </c>
+      <c r="H1142"/>
+    </row>
+    <row r="1143">
+      <c r="A1143">
+        <v>149</v>
+      </c>
+      <c r="B1143">
+        <v>100498</v>
+      </c>
+      <c r="C1143" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1143" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1143" t="s">
+        <v>321</v>
+      </c>
+      <c r="F1143">
+        <v>22612</v>
+      </c>
+      <c r="G1143">
+        <v>2</v>
+      </c>
+      <c r="H1143" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="1144">
+      <c r="A1144">
+        <v>150</v>
+      </c>
+      <c r="B1144">
+        <v>100498</v>
+      </c>
+      <c r="C1144" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1144" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1144" t="s">
+        <v>568</v>
+      </c>
+      <c r="F1144">
+        <v>74147</v>
+      </c>
+      <c r="G1144">
+        <v>2</v>
+      </c>
+      <c r="H1144" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145">
+        <v>152</v>
+      </c>
+      <c r="B1145">
+        <v>100498</v>
+      </c>
+      <c r="C1145" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1145" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1145">
+        <v>59692</v>
+      </c>
+      <c r="G1145">
+        <v>1</v>
+      </c>
+      <c r="H1145" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146">
+        <v>153</v>
+      </c>
+      <c r="B1146">
+        <v>100498</v>
+      </c>
+      <c r="C1146" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>496</v>
+      </c>
+      <c r="F1146">
+        <v>41454</v>
+      </c>
+      <c r="G1146">
+        <v>1</v>
+      </c>
+      <c r="H1146" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147">
+        <v>154</v>
+      </c>
+      <c r="B1147">
+        <v>100498</v>
+      </c>
+      <c r="C1147" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1147" t="s">
+        <v>467</v>
+      </c>
+      <c r="F1147">
+        <v>59095</v>
+      </c>
+      <c r="G1147">
+        <v>1</v>
+      </c>
+      <c r="H1147" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148">
+        <v>156</v>
+      </c>
+      <c r="B1148">
+        <v>100498</v>
+      </c>
+      <c r="C1148" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1148" t="s">
+        <v>465</v>
+      </c>
+      <c r="F1148">
+        <v>55292</v>
+      </c>
+      <c r="G1148">
+        <v>1</v>
+      </c>
+      <c r="H1148" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149">
+        <v>157</v>
+      </c>
+      <c r="B1149">
+        <v>100498</v>
+      </c>
+      <c r="C1149" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1149" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1149" t="s">
+        <v>138</v>
+      </c>
+      <c r="F1149">
+        <v>99286</v>
+      </c>
+      <c r="G1149">
+        <v>1</v>
+      </c>
+      <c r="H1149" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150">
+        <v>158</v>
+      </c>
+      <c r="B1150">
+        <v>100498</v>
+      </c>
+      <c r="C1150" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1150" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1150" t="s">
+        <v>134</v>
+      </c>
+      <c r="F1150">
+        <v>87609</v>
+      </c>
+      <c r="G1150">
+        <v>1</v>
+      </c>
+      <c r="H1150" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1151">
+      <c r="A1151">
+        <v>155</v>
+      </c>
+      <c r="B1151">
+        <v>100498</v>
+      </c>
+      <c r="C1151" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>459</v>
+      </c>
+      <c r="F1151">
+        <v>7000</v>
+      </c>
+      <c r="G1151">
+        <v>1</v>
+      </c>
+      <c r="H1151" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="1152">
+      <c r="A1152">
+        <v>160</v>
+      </c>
+      <c r="B1152">
+        <v>100498</v>
+      </c>
+      <c r="C1152" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1152" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1152" t="s">
+        <v>299</v>
+      </c>
+      <c r="F1152">
+        <v>124437</v>
+      </c>
+      <c r="G1152">
+        <v>1</v>
+      </c>
+      <c r="H1152" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="A1153">
+        <v>269</v>
+      </c>
+      <c r="B1153">
+        <v>100498</v>
+      </c>
+      <c r="C1153" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1153" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1153" t="s">
+        <v>465</v>
+      </c>
+      <c r="F1153">
+        <v>60000</v>
+      </c>
+      <c r="G1153">
+        <v>1</v>
+      </c>
+      <c r="H1153" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1154">
+      <c r="A1154">
+        <v>168</v>
+      </c>
+      <c r="B1154">
+        <v>100498</v>
+      </c>
+      <c r="C1154" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1154" t="s">
+        <v>120</v>
+      </c>
+      <c r="F1154">
+        <v>49020</v>
+      </c>
+      <c r="G1154">
+        <v>1</v>
+      </c>
+      <c r="H1154" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155">
+        <v>159</v>
+      </c>
+      <c r="B1155">
+        <v>100498</v>
+      </c>
+      <c r="C1155" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1155" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1155" t="s">
+        <v>416</v>
+      </c>
+      <c r="F1155">
+        <v>105445</v>
+      </c>
+      <c r="G1155">
+        <v>1</v>
+      </c>
+      <c r="H1155" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="1156">
+      <c r="A1156">
+        <v>166</v>
+      </c>
+      <c r="B1156">
+        <v>100498</v>
+      </c>
+      <c r="C1156" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1156" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1156" t="s">
+        <v>30</v>
+      </c>
+      <c r="F1156">
+        <v>50906</v>
+      </c>
+      <c r="G1156">
+        <v>1</v>
+      </c>
+      <c r="H1156" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1157">
+      <c r="A1157">
+        <v>165</v>
+      </c>
+      <c r="B1157">
+        <v>100498</v>
+      </c>
+      <c r="C1157" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1157" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1157" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1157">
+        <v>62847</v>
+      </c>
+      <c r="G1157">
+        <v>1</v>
+      </c>
+      <c r="H1157" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1158">
+      <c r="A1158">
+        <v>167</v>
+      </c>
+      <c r="B1158">
+        <v>100498</v>
+      </c>
+      <c r="C1158" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1158" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1158" t="s">
+        <v>42</v>
+      </c>
+      <c r="F1158">
+        <v>39845</v>
+      </c>
+      <c r="G1158">
+        <v>1</v>
+      </c>
+      <c r="H1158" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1159">
+      <c r="A1159">
+        <v>164</v>
+      </c>
+      <c r="B1159">
+        <v>100498</v>
+      </c>
+      <c r="C1159" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1159" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1159" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1159">
+        <v>55682</v>
+      </c>
+      <c r="G1159">
+        <v>2</v>
+      </c>
+      <c r="H1159" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1160">
+      <c r="A1160">
+        <v>162</v>
+      </c>
+      <c r="B1160">
+        <v>100498</v>
+      </c>
+      <c r="C1160" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1160" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1160" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1160">
+        <v>82945</v>
+      </c>
+      <c r="G1160">
+        <v>2</v>
+      </c>
+      <c r="H1160" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1161">
+      <c r="A1161">
+        <v>161</v>
+      </c>
+      <c r="B1161">
+        <v>100498</v>
+      </c>
+      <c r="C1161" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1161" t="s">
+        <v>566</v>
+      </c>
+      <c r="E1161" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1161">
+        <v>111868</v>
+      </c>
+      <c r="G1161">
+        <v>1</v>
+      </c>
+      <c r="H1161" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1162">
+      <c r="A1162">
+        <v>146</v>
+      </c>
+      <c r="B1162">
+        <v>88140</v>
+      </c>
+      <c r="C1162" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1162" t="s">
+        <v>570</v>
+      </c>
+      <c r="E1162" t="s">
+        <v>559</v>
+      </c>
+      <c r="F1162">
+        <v>184954</v>
+      </c>
+      <c r="G1162">
+        <v>1</v>
+      </c>
+      <c r="H1162" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1163">
+      <c r="A1163">
+        <v>145</v>
+      </c>
+      <c r="B1163">
+        <v>88140</v>
+      </c>
+      <c r="C1163" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1163" t="s">
+        <v>570</v>
+      </c>
+      <c r="E1163" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1163">
+        <v>109070</v>
+      </c>
+      <c r="G1163">
+        <v>2</v>
+      </c>
+      <c r="H1163" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1164">
+      <c r="A1164">
+        <v>144</v>
+      </c>
+      <c r="B1164">
+        <v>88131</v>
+      </c>
+      <c r="C1164" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1164" t="s">
+        <v>571</v>
+      </c>
+      <c r="E1164" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1164">
+        <v>85058</v>
+      </c>
+      <c r="G1164">
+        <v>1</v>
+      </c>
+      <c r="H1164" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1165">
+      <c r="A1165">
+        <v>138</v>
+      </c>
+      <c r="B1165">
+        <v>88129</v>
+      </c>
+      <c r="C1165" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1165" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1165" t="s">
+        <v>296</v>
+      </c>
+      <c r="F1165">
+        <v>1994</v>
+      </c>
+      <c r="G1165">
+        <v>3</v>
+      </c>
+      <c r="H1165" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1166">
+      <c r="A1166">
+        <v>136</v>
+      </c>
+      <c r="B1166">
+        <v>88129</v>
+      </c>
+      <c r="C1166" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1166" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1166" t="s">
+        <v>154</v>
+      </c>
+      <c r="F1166">
+        <v>5448</v>
+      </c>
+      <c r="G1166">
+        <v>2</v>
+      </c>
+      <c r="H1166" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1167">
+      <c r="A1167">
+        <v>137</v>
+      </c>
+      <c r="B1167">
+        <v>88129</v>
+      </c>
+      <c r="C1167" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1167" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1167" t="s">
+        <v>156</v>
+      </c>
+      <c r="F1167">
+        <v>9894</v>
+      </c>
+      <c r="G1167">
+        <v>2</v>
+      </c>
+      <c r="H1167" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="1168">
+      <c r="A1168">
+        <v>135</v>
+      </c>
+      <c r="B1168">
+        <v>88129</v>
+      </c>
+      <c r="C1168" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1168" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1168" t="s">
+        <v>513</v>
+      </c>
+      <c r="F1168">
+        <v>77859</v>
+      </c>
+      <c r="G1168">
+        <v>1</v>
+      </c>
+      <c r="H1168" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169">
+        <v>139</v>
+      </c>
+      <c r="B1169">
+        <v>88129</v>
+      </c>
+      <c r="C1169" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1169" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1169" t="s">
+        <v>80</v>
+      </c>
+      <c r="F1169">
+        <v>1676</v>
+      </c>
+      <c r="G1169">
+        <v>3</v>
+      </c>
+      <c r="H1169" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170">
+        <v>112</v>
+      </c>
+      <c r="B1170">
+        <v>88129</v>
+      </c>
+      <c r="C1170" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1170" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1170" t="s">
+        <v>270</v>
+      </c>
+      <c r="F1170">
+        <v>114426</v>
+      </c>
+      <c r="G1170">
+        <v>1</v>
+      </c>
+      <c r="H1170" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171">
+        <v>141</v>
+      </c>
+      <c r="B1171">
+        <v>88129</v>
+      </c>
+      <c r="C1171" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1171" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1171" t="s">
+        <v>573</v>
+      </c>
+      <c r="F1171">
+        <v>7214</v>
+      </c>
+      <c r="G1171">
+        <v>1</v>
+      </c>
+      <c r="H1171" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172">
+        <v>142</v>
+      </c>
+      <c r="B1172">
+        <v>88129</v>
+      </c>
+      <c r="C1172" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1172" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1172" t="s">
+        <v>575</v>
+      </c>
+      <c r="F1172">
+        <v>5436</v>
+      </c>
+      <c r="G1172">
+        <v>1</v>
+      </c>
+      <c r="H1172" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173">
+        <v>143</v>
+      </c>
+      <c r="B1173">
+        <v>88129</v>
+      </c>
+      <c r="C1173" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1173" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1173" t="s">
+        <v>152</v>
+      </c>
+      <c r="F1173">
+        <v>774</v>
+      </c>
+      <c r="G1173">
+        <v>4</v>
+      </c>
+      <c r="H1173" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174">
+        <v>134</v>
+      </c>
+      <c r="B1174">
+        <v>88129</v>
+      </c>
+      <c r="C1174" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1174" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1174" t="s">
+        <v>120</v>
+      </c>
+      <c r="F1174">
+        <v>48138</v>
+      </c>
+      <c r="G1174">
+        <v>1</v>
+      </c>
+      <c r="H1174" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175">
+        <v>140</v>
+      </c>
+      <c r="B1175">
+        <v>88129</v>
+      </c>
+      <c r="C1175" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1175" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1175" t="s">
+        <v>577</v>
+      </c>
+      <c r="F1175">
+        <v>10135</v>
+      </c>
+      <c r="G1175">
+        <v>1</v>
+      </c>
+      <c r="H1175" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176">
+        <v>133</v>
+      </c>
+      <c r="B1176">
+        <v>88129</v>
+      </c>
+      <c r="C1176" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1176" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1176" t="s">
+        <v>42</v>
+      </c>
+      <c r="F1176">
+        <v>38104</v>
+      </c>
+      <c r="G1176">
+        <v>1</v>
+      </c>
+      <c r="H1176" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177">
+        <v>111</v>
+      </c>
+      <c r="B1177">
+        <v>88129</v>
+      </c>
+      <c r="C1177" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1177" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1177" t="s">
+        <v>124</v>
+      </c>
+      <c r="F1177">
+        <v>73515</v>
+      </c>
+      <c r="G1177">
+        <v>1</v>
+      </c>
+      <c r="H1177" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178">
+        <v>131</v>
+      </c>
+      <c r="B1178">
+        <v>88129</v>
+      </c>
+      <c r="C1178" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1178" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1178" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1178">
+        <v>63125</v>
+      </c>
+      <c r="G1178">
+        <v>1</v>
+      </c>
+      <c r="H1178" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179">
+        <v>106</v>
+      </c>
+      <c r="B1179">
+        <v>88129</v>
+      </c>
+      <c r="C1179" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1179" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1179" t="s">
+        <v>138</v>
+      </c>
+      <c r="F1179">
+        <v>100328</v>
+      </c>
+      <c r="G1179">
+        <v>3</v>
+      </c>
+      <c r="H1179" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180">
+        <v>107</v>
+      </c>
+      <c r="B1180">
+        <v>88129</v>
+      </c>
+      <c r="C1180" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1180" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1180" t="s">
+        <v>130</v>
+      </c>
+      <c r="F1180">
+        <v>2629</v>
+      </c>
+      <c r="G1180">
+        <v>2</v>
+      </c>
+      <c r="H1180" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181">
+        <v>108</v>
+      </c>
+      <c r="B1181">
+        <v>88129</v>
+      </c>
+      <c r="C1181" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1181" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1181" t="s">
+        <v>134</v>
+      </c>
+      <c r="F1181">
+        <v>88872</v>
+      </c>
+      <c r="G1181">
+        <v>1</v>
+      </c>
+      <c r="H1181" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182">
+        <v>109</v>
+      </c>
+      <c r="B1182">
+        <v>88129</v>
+      </c>
+      <c r="C1182" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1182" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1182" t="s">
+        <v>96</v>
+      </c>
+      <c r="F1182">
+        <v>112394</v>
+      </c>
+      <c r="G1182">
+        <v>1</v>
+      </c>
+      <c r="H1182" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183">
+        <v>110</v>
+      </c>
+      <c r="B1183">
+        <v>88129</v>
+      </c>
+      <c r="C1183" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1183" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1183" t="s">
+        <v>208</v>
+      </c>
+      <c r="F1183">
+        <v>90179</v>
+      </c>
+      <c r="G1183">
+        <v>1</v>
+      </c>
+      <c r="H1183" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184">
+        <v>132</v>
+      </c>
+      <c r="B1184">
+        <v>88129</v>
+      </c>
+      <c r="C1184" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1184" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1184" t="s">
+        <v>30</v>
+      </c>
+      <c r="F1184">
+        <v>50424</v>
+      </c>
+      <c r="G1184">
+        <v>1</v>
+      </c>
+      <c r="H1184" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185">
+        <v>113</v>
+      </c>
+      <c r="B1185">
+        <v>88129</v>
+      </c>
+      <c r="C1185" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1185" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1185" t="s">
+        <v>401</v>
+      </c>
+      <c r="F1185">
+        <v>95247</v>
+      </c>
+      <c r="G1185">
+        <v>1</v>
+      </c>
+      <c r="H1185" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186">
+        <v>114</v>
+      </c>
+      <c r="B1186">
+        <v>88129</v>
+      </c>
+      <c r="C1186" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1186" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1186" t="s">
+        <v>212</v>
+      </c>
+      <c r="F1186">
+        <v>139067</v>
+      </c>
+      <c r="G1186">
+        <v>1</v>
+      </c>
+      <c r="H1186" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187">
+        <v>115</v>
+      </c>
+      <c r="B1187">
+        <v>88129</v>
+      </c>
+      <c r="C1187" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1187" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1187" t="s">
+        <v>14</v>
+      </c>
+      <c r="F1187">
+        <v>109092</v>
+      </c>
+      <c r="G1187">
+        <v>1</v>
+      </c>
+      <c r="H1187" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188">
+        <v>116</v>
+      </c>
+      <c r="B1188">
+        <v>88129</v>
+      </c>
+      <c r="C1188" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1188" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1188" t="s">
+        <v>68</v>
+      </c>
+      <c r="F1188">
+        <v>120650</v>
+      </c>
+      <c r="G1188">
+        <v>1</v>
+      </c>
+      <c r="H1188" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189">
+        <v>117</v>
+      </c>
+      <c r="B1189">
+        <v>88129</v>
+      </c>
+      <c r="C1189" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1189" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1189" t="s">
+        <v>34</v>
+      </c>
+      <c r="F1189">
+        <v>92704</v>
+      </c>
+      <c r="G1189">
+        <v>1</v>
+      </c>
+      <c r="H1189" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190">
+        <v>119</v>
+      </c>
+      <c r="B1190">
+        <v>88129</v>
+      </c>
+      <c r="C1190" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1190" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1190" t="s">
+        <v>314</v>
+      </c>
+      <c r="F1190">
+        <v>69688</v>
+      </c>
+      <c r="G1190">
+        <v>1</v>
+      </c>
+      <c r="H1190" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191">
+        <v>118</v>
+      </c>
+      <c r="B1191">
+        <v>88129</v>
+      </c>
+      <c r="C1191" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1191" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1191" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1191">
+        <v>64764</v>
+      </c>
+      <c r="G1191">
+        <v>1</v>
+      </c>
+      <c r="H1191" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192">
+        <v>120</v>
+      </c>
+      <c r="B1192">
+        <v>88129</v>
+      </c>
+      <c r="C1192" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1192" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1192" t="s">
+        <v>579</v>
+      </c>
+      <c r="F1192">
+        <v>122428</v>
+      </c>
+      <c r="G1192">
+        <v>1</v>
+      </c>
+      <c r="H1192" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193">
+        <v>121</v>
+      </c>
+      <c r="B1193">
+        <v>88129</v>
+      </c>
+      <c r="C1193" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1193" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1193" t="s">
+        <v>395</v>
+      </c>
+      <c r="F1193">
+        <v>121539</v>
+      </c>
+      <c r="G1193">
+        <v>1</v>
+      </c>
+      <c r="H1193" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194">
+        <v>122</v>
+      </c>
+      <c r="B1194">
+        <v>88129</v>
+      </c>
+      <c r="C1194" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1194" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1194" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1194">
+        <v>83816</v>
+      </c>
+      <c r="G1194">
+        <v>2</v>
+      </c>
+      <c r="H1194" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195">
+        <v>123</v>
+      </c>
+      <c r="B1195">
+        <v>88129</v>
+      </c>
+      <c r="C1195" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1195" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1195">
+        <v>67304</v>
+      </c>
+      <c r="G1195">
+        <v>2</v>
+      </c>
+      <c r="H1195" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196">
+        <v>124</v>
+      </c>
+      <c r="B1196">
+        <v>88129</v>
+      </c>
+      <c r="C1196" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1196" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1196" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1196">
+        <v>56267</v>
+      </c>
+      <c r="G1196">
+        <v>4</v>
+      </c>
+      <c r="H1196" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197">
+        <v>125</v>
+      </c>
+      <c r="B1197">
+        <v>88129</v>
+      </c>
+      <c r="C1197" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1197" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1197" t="s">
+        <v>496</v>
+      </c>
+      <c r="F1197">
+        <v>41889</v>
+      </c>
+      <c r="G1197">
+        <v>1</v>
+      </c>
+      <c r="H1197" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198">
+        <v>126</v>
+      </c>
+      <c r="B1198">
+        <v>88129</v>
+      </c>
+      <c r="C1198" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1198" t="s">
+        <v>467</v>
+      </c>
+      <c r="F1198">
+        <v>59671</v>
+      </c>
+      <c r="G1198">
+        <v>1</v>
+      </c>
+      <c r="H1198" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199">
+        <v>127</v>
+      </c>
+      <c r="B1199">
+        <v>88129</v>
+      </c>
+      <c r="C1199" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1199" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1199" t="s">
+        <v>329</v>
+      </c>
+      <c r="F1199">
+        <v>50780</v>
+      </c>
+      <c r="G1199">
+        <v>1</v>
+      </c>
+      <c r="H1199" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200">
+        <v>128</v>
+      </c>
+      <c r="B1200">
+        <v>88129</v>
+      </c>
+      <c r="C1200" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1200" t="s">
+        <v>158</v>
+      </c>
+      <c r="F1200">
+        <v>7100</v>
+      </c>
+      <c r="G1200">
+        <v>6</v>
+      </c>
+      <c r="H1200" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201">
+        <v>129</v>
+      </c>
+      <c r="B1201">
+        <v>88129</v>
+      </c>
+      <c r="C1201" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1201" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1201" t="s">
+        <v>162</v>
+      </c>
+      <c r="F1201">
+        <v>3416</v>
+      </c>
+      <c r="G1201">
+        <v>6</v>
+      </c>
+      <c r="H1201" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202">
+        <v>130</v>
+      </c>
+      <c r="B1202">
+        <v>88129</v>
+      </c>
+      <c r="C1202" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1202" t="s">
+        <v>572</v>
+      </c>
+      <c r="E1202" t="s">
+        <v>112</v>
+      </c>
+      <c r="F1202">
+        <v>73287</v>
+      </c>
+      <c r="G1202">
+        <v>1</v>
+      </c>
+      <c r="H1202" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203">
+        <v>105</v>
+      </c>
+      <c r="B1203">
+        <v>88088</v>
+      </c>
+      <c r="C1203" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1203" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1203" t="s">
+        <v>96</v>
+      </c>
+      <c r="F1203">
+        <v>114229</v>
+      </c>
+      <c r="G1203">
+        <v>1</v>
+      </c>
+      <c r="H1203" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204">
+        <v>104</v>
+      </c>
+      <c r="B1204">
+        <v>88088</v>
+      </c>
+      <c r="C1204" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1204" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1204" t="s">
+        <v>479</v>
+      </c>
+      <c r="F1204">
+        <v>95694</v>
+      </c>
+      <c r="G1204">
+        <v>1</v>
+      </c>
+      <c r="H1204" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205">
+        <v>103</v>
+      </c>
+      <c r="B1205">
+        <v>88088</v>
+      </c>
+      <c r="C1205" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1205" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1205" t="s">
+        <v>10</v>
+      </c>
+      <c r="F1205">
+        <v>106211</v>
+      </c>
+      <c r="G1205">
+        <v>1</v>
+      </c>
+      <c r="H1205" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206">
+        <v>102</v>
+      </c>
+      <c r="B1206">
+        <v>88088</v>
+      </c>
+      <c r="C1206" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1206" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1206" t="s">
+        <v>513</v>
+      </c>
+      <c r="F1206">
+        <v>78995</v>
+      </c>
+      <c r="G1206">
+        <v>1</v>
+      </c>
+      <c r="H1206" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207">
+        <v>101</v>
+      </c>
+      <c r="B1207">
+        <v>88088</v>
+      </c>
+      <c r="C1207" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1207" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1207" t="s">
+        <v>122</v>
+      </c>
+      <c r="F1207">
+        <v>81990</v>
+      </c>
+      <c r="G1207">
+        <v>1</v>
+      </c>
+      <c r="H1207" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208">
+        <v>100</v>
+      </c>
+      <c r="B1208">
+        <v>88088</v>
+      </c>
+      <c r="C1208" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1208" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1208" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1208">
+        <v>64102</v>
+      </c>
+      <c r="G1208">
+        <v>1</v>
+      </c>
+      <c r="H1208" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209">
+        <v>99</v>
+      </c>
+      <c r="B1209">
+        <v>88088</v>
+      </c>
+      <c r="C1209" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1209" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1209" t="s">
+        <v>56</v>
+      </c>
+      <c r="F1209">
+        <v>90266</v>
+      </c>
+      <c r="G1209">
+        <v>2</v>
+      </c>
+      <c r="H1209" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210">
+        <v>98</v>
+      </c>
+      <c r="B1210">
+        <v>88088</v>
+      </c>
+      <c r="C1210" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1210" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1210" t="s">
+        <v>412</v>
+      </c>
+      <c r="F1210">
+        <v>82236</v>
+      </c>
+      <c r="G1210">
+        <v>2</v>
+      </c>
+      <c r="H1210" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211">
+        <v>97</v>
+      </c>
+      <c r="B1211">
+        <v>88088</v>
+      </c>
+      <c r="C1211" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1211" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1211" t="s">
+        <v>94</v>
+      </c>
+      <c r="F1211">
+        <v>89878</v>
+      </c>
+      <c r="G1211">
+        <v>1</v>
+      </c>
+      <c r="H1211" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212">
+        <v>96</v>
+      </c>
+      <c r="B1212">
+        <v>88088</v>
+      </c>
+      <c r="C1212" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1212" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1212" t="s">
+        <v>214</v>
+      </c>
+      <c r="F1212">
+        <v>108789</v>
+      </c>
+      <c r="G1212">
+        <v>1</v>
+      </c>
+      <c r="H1212" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213">
+        <v>95</v>
+      </c>
+      <c r="B1213">
+        <v>88088</v>
+      </c>
+      <c r="C1213" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1213" t="s">
+        <v>581</v>
+      </c>
+      <c r="E1213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1213">
+        <v>68636</v>
+      </c>
+      <c r="G1213">
+        <v>2</v>
+      </c>
+      <c r="H1213" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214">
+        <v>17</v>
+      </c>
+      <c r="B1214">
+        <v>87894</v>
+      </c>
+      <c r="C1214" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1214" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1214" t="s">
+        <v>583</v>
+      </c>
+      <c r="F1214">
+        <v>102088</v>
+      </c>
+      <c r="G1214">
+        <v>1</v>
+      </c>
+      <c r="H1214" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215">
+        <v>16</v>
+      </c>
+      <c r="B1215">
+        <v>87894</v>
+      </c>
+      <c r="C1215" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1215" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1215" t="s">
+        <v>433</v>
+      </c>
+      <c r="F1215">
+        <v>59754</v>
+      </c>
+      <c r="G1215">
+        <v>1</v>
+      </c>
+      <c r="H1215" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216">
+        <v>15</v>
+      </c>
+      <c r="B1216">
+        <v>87894</v>
+      </c>
+      <c r="C1216" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1216" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1216" t="s">
+        <v>206</v>
+      </c>
+      <c r="F1216">
+        <v>102960</v>
+      </c>
+      <c r="G1216">
+        <v>1</v>
+      </c>
+      <c r="H1216" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217">
+        <v>14</v>
+      </c>
+      <c r="B1217">
+        <v>87894</v>
+      </c>
+      <c r="C1217" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1217" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1217" t="s">
+        <v>86</v>
+      </c>
+      <c r="F1217">
+        <v>55159</v>
+      </c>
+      <c r="G1217">
+        <v>2</v>
+      </c>
+      <c r="H1217" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218">
+        <v>13</v>
+      </c>
+      <c r="B1218">
+        <v>87894</v>
+      </c>
+      <c r="C1218" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1218" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1218" t="s">
+        <v>282</v>
+      </c>
+      <c r="F1218">
+        <v>65979</v>
+      </c>
+      <c r="G1218">
+        <v>1</v>
+      </c>
+      <c r="H1218" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219">
+        <v>12</v>
+      </c>
+      <c r="B1219">
+        <v>87894</v>
+      </c>
+      <c r="C1219" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1219" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1219" t="s">
+        <v>34</v>
+      </c>
+      <c r="F1219">
+        <v>90882</v>
+      </c>
+      <c r="G1219">
+        <v>1</v>
+      </c>
+      <c r="H1219" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220">
+        <v>11</v>
+      </c>
+      <c r="B1220">
+        <v>87894</v>
+      </c>
+      <c r="C1220" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1220" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1220" t="s">
+        <v>22</v>
+      </c>
+      <c r="F1220">
+        <v>64734</v>
+      </c>
+      <c r="G1220">
+        <v>1</v>
+      </c>
+      <c r="H1220" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221">
+        <v>10</v>
+      </c>
+      <c r="B1221">
+        <v>87894</v>
+      </c>
+      <c r="C1221" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1221" t="s">
+        <v>118</v>
+      </c>
+      <c r="F1221">
+        <v>82166</v>
+      </c>
+      <c r="G1221">
+        <v>1</v>
+      </c>
+      <c r="H1221" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222">
+        <v>7</v>
+      </c>
+      <c r="B1222">
+        <v>87894</v>
+      </c>
+      <c r="C1222" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1222" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1222" t="s">
+        <v>14</v>
+      </c>
+      <c r="F1222">
+        <v>110558</v>
+      </c>
+      <c r="G1222">
+        <v>1</v>
+      </c>
+      <c r="H1222" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223">
+        <v>8</v>
+      </c>
+      <c r="B1223">
+        <v>87894</v>
+      </c>
+      <c r="C1223" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1223" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1223" t="s">
+        <v>104</v>
+      </c>
+      <c r="F1223">
+        <v>82166</v>
+      </c>
+      <c r="G1223">
+        <v>1</v>
+      </c>
+      <c r="H1223" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1224">
+      <c r="A1224">
+        <v>18</v>
+      </c>
+      <c r="B1224">
+        <v>87894</v>
+      </c>
+      <c r="C1224" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1224" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1224" t="s">
+        <v>412</v>
+      </c>
+      <c r="F1224">
+        <v>79676</v>
+      </c>
+      <c r="G1224">
+        <v>2</v>
+      </c>
+      <c r="H1224" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1225">
+      <c r="A1225">
+        <v>6</v>
+      </c>
+      <c r="B1225">
+        <v>87894</v>
+      </c>
+      <c r="C1225" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1225" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1225" t="s">
+        <v>212</v>
+      </c>
+      <c r="F1225">
+        <v>135337</v>
+      </c>
+      <c r="G1225">
+        <v>1</v>
+      </c>
+      <c r="H1225" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1226">
+      <c r="A1226">
+        <v>5</v>
+      </c>
+      <c r="B1226">
+        <v>87894</v>
+      </c>
+      <c r="C1226" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1226" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1226" t="s">
+        <v>288</v>
+      </c>
+      <c r="F1226">
+        <v>103334</v>
+      </c>
+      <c r="G1226">
+        <v>1</v>
+      </c>
+      <c r="H1226" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1227">
+      <c r="A1227">
+        <v>4</v>
+      </c>
+      <c r="B1227">
+        <v>87894</v>
+      </c>
+      <c r="C1227" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1227" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1227" t="s">
+        <v>479</v>
+      </c>
+      <c r="F1227">
+        <v>91878</v>
+      </c>
+      <c r="G1227">
+        <v>1</v>
+      </c>
+      <c r="H1227" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1228">
+      <c r="A1228">
+        <v>3</v>
+      </c>
+      <c r="B1228">
+        <v>87894</v>
+      </c>
+      <c r="C1228" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1228" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1228" t="s">
+        <v>44</v>
+      </c>
+      <c r="F1228">
+        <v>59131</v>
+      </c>
+      <c r="G1228">
+        <v>1</v>
+      </c>
+      <c r="H1228" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1229">
+      <c r="A1229">
+        <v>2</v>
+      </c>
+      <c r="B1229">
+        <v>87894</v>
+      </c>
+      <c r="C1229" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1229" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1229" t="s">
+        <v>46</v>
+      </c>
+      <c r="F1229">
+        <v>55396</v>
+      </c>
+      <c r="G1229">
+        <v>1</v>
+      </c>
+      <c r="H1229" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1230">
+      <c r="A1230">
+        <v>9</v>
+      </c>
+      <c r="B1230">
+        <v>87894</v>
+      </c>
+      <c r="C1230" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1230" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F1230">
+        <v>66602</v>
+      </c>
+      <c r="G1230">
+        <v>3</v>
+      </c>
+      <c r="H1230" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1231">
+      <c r="A1231">
+        <v>19</v>
+      </c>
+      <c r="B1231">
+        <v>87894</v>
+      </c>
+      <c r="C1231" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1231" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1231" t="s">
+        <v>56</v>
+      </c>
+      <c r="F1231">
+        <v>85902</v>
+      </c>
+      <c r="G1231">
+        <v>1</v>
+      </c>
+      <c r="H1231" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="1232">
+      <c r="A1232">
+        <v>0</v>
+      </c>
+      <c r="B1232">
+        <v>87894</v>
+      </c>
+      <c r="C1232" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1232" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1232" t="s">
+        <v>585</v>
+      </c>
+      <c r="F1232">
+        <v>26147</v>
+      </c>
+      <c r="G1232">
+        <v>1</v>
+      </c>
+      <c r="H1232" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="1233">
+      <c r="A1233">
+        <v>21</v>
+      </c>
+      <c r="B1233">
+        <v>87894</v>
+      </c>
+      <c r="C1233" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1233" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1233" t="s">
+        <v>38</v>
+      </c>
+      <c r="F1233">
+        <v>62256</v>
+      </c>
+      <c r="G1233">
+        <v>1</v>
+      </c>
+      <c r="H1233" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1234">
+      <c r="A1234">
+        <v>22</v>
+      </c>
+      <c r="B1234">
+        <v>87894</v>
+      </c>
+      <c r="C1234" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1234" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1234" t="s">
+        <v>36</v>
+      </c>
+      <c r="F1234">
+        <v>68358</v>
+      </c>
+      <c r="G1234">
+        <v>1</v>
+      </c>
+      <c r="H1234" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1235">
+      <c r="A1235">
+        <v>23</v>
+      </c>
+      <c r="B1235">
+        <v>87894</v>
+      </c>
+      <c r="C1235" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1235" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1235" t="s">
+        <v>150</v>
+      </c>
+      <c r="F1235">
+        <v>1967</v>
+      </c>
+      <c r="G1235">
+        <v>4</v>
+      </c>
+      <c r="H1235" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="1236">
+      <c r="A1236">
+        <v>24</v>
+      </c>
+      <c r="B1236">
+        <v>87894</v>
+      </c>
+      <c r="C1236" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1236" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1236" t="s">
+        <v>356</v>
+      </c>
+      <c r="F1236">
+        <v>104579</v>
+      </c>
+      <c r="G1236">
+        <v>1</v>
+      </c>
+      <c r="H1236" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="1237">
+      <c r="A1237">
+        <v>1</v>
+      </c>
+      <c r="B1237">
+        <v>87894</v>
+      </c>
+      <c r="C1237" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1237" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1237" t="s">
+        <v>587</v>
+      </c>
+      <c r="F1237">
+        <v>80909</v>
+      </c>
+      <c r="G1237">
+        <v>1</v>
+      </c>
+      <c r="H1237" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="1238">
+      <c r="A1238">
+        <v>20</v>
+      </c>
+      <c r="B1238">
+        <v>87894</v>
+      </c>
+      <c r="C1238" t="s" s="2">
+        <v>565</v>
+      </c>
+      <c r="D1238" t="s">
+        <v>582</v>
+      </c>
+      <c r="E1238" t="s">
+        <v>102</v>
+      </c>
+      <c r="F1238">
+        <v>93995</v>
+      </c>
+      <c r="G1238">
+        <v>1</v>
+      </c>
+      <c r="H1238" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="1239">
+      <c r="A1239">
+        <v>745</v>
+      </c>
+      <c r="B1239">
+        <v>110146</v>
+      </c>
+      <c r="C1239" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1239" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1239" t="s">
+        <v>132</v>
+      </c>
+      <c r="F1239">
+        <v>144049</v>
+      </c>
+      <c r="G1239">
+        <v>1</v>
+      </c>
+      <c r="H1239" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="1240">
+      <c r="A1240">
+        <v>531</v>
+      </c>
+      <c r="B1240">
+        <v>110146</v>
+      </c>
+      <c r="C1240" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1240" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1240" t="s">
+        <v>140</v>
+      </c>
+      <c r="F1240">
+        <v>149161</v>
+      </c>
+      <c r="G1240">
+        <v>1</v>
+      </c>
+      <c r="H1240" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="1241">
+      <c r="A1241">
+        <v>530</v>
+      </c>
+      <c r="B1241">
+        <v>110146</v>
+      </c>
+      <c r="C1241" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1241" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1241" t="s">
+        <v>465</v>
+      </c>
+      <c r="F1241">
+        <v>57659</v>
+      </c>
+      <c r="G1241">
+        <v>3</v>
+      </c>
+      <c r="H1241" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1242">
+      <c r="A1242">
+        <v>529</v>
+      </c>
+      <c r="B1242">
+        <v>110146</v>
+      </c>
+      <c r="C1242" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1242" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1242" t="s">
+        <v>144</v>
+      </c>
+      <c r="F1242">
+        <v>78630</v>
+      </c>
+      <c r="G1242">
+        <v>1</v>
+      </c>
+      <c r="H1242" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1243">
+      <c r="A1243">
+        <v>528</v>
+      </c>
+      <c r="B1243">
+        <v>110146</v>
+      </c>
+      <c r="C1243" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1243" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1243" t="s">
+        <v>138</v>
+      </c>
+      <c r="F1243">
+        <v>90427</v>
+      </c>
+      <c r="G1243">
+        <v>2</v>
+      </c>
+      <c r="H1243" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="1244">
+      <c r="A1244">
+        <v>526</v>
+      </c>
+      <c r="B1244">
+        <v>110146</v>
+      </c>
+      <c r="C1244" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1244" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1244" t="s">
+        <v>467</v>
+      </c>
+      <c r="F1244">
+        <v>69573</v>
+      </c>
+      <c r="G1244">
+        <v>2</v>
+      </c>
+      <c r="H1244" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1245">
+      <c r="A1245">
+        <v>525</v>
+      </c>
+      <c r="B1245">
+        <v>110146</v>
+      </c>
+      <c r="C1245" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1245" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1245" t="s">
+        <v>463</v>
+      </c>
+      <c r="F1245">
+        <v>25926</v>
+      </c>
+      <c r="G1245">
+        <v>1</v>
+      </c>
+      <c r="H1245" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="1246">
+      <c r="A1246">
+        <v>524</v>
+      </c>
+      <c r="B1246">
+        <v>110146</v>
+      </c>
+      <c r="C1246" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1246" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1246" t="s">
+        <v>321</v>
+      </c>
+      <c r="F1246">
+        <v>22269</v>
+      </c>
+      <c r="G1246">
+        <v>1</v>
+      </c>
+      <c r="H1246" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="1247">
+      <c r="A1247">
+        <v>523</v>
+      </c>
+      <c r="B1247">
+        <v>110146</v>
+      </c>
+      <c r="C1247" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1247" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1247" t="s">
+        <v>331</v>
+      </c>
+      <c r="F1247">
+        <v>54828</v>
+      </c>
+      <c r="G1247">
+        <v>2</v>
+      </c>
+      <c r="H1247" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="1248">
+      <c r="A1248">
+        <v>522</v>
+      </c>
+      <c r="B1248">
+        <v>110146</v>
+      </c>
+      <c r="C1248" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1248" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1248" t="s">
+        <v>591</v>
+      </c>
+      <c r="F1248">
+        <v>39308</v>
+      </c>
+      <c r="G1248">
+        <v>1</v>
+      </c>
+      <c r="H1248" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="1249">
+      <c r="A1249">
+        <v>521</v>
+      </c>
+      <c r="B1249">
+        <v>110146</v>
+      </c>
+      <c r="C1249" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1249" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1249" t="s">
+        <v>132</v>
+      </c>
+      <c r="F1249">
+        <v>144049</v>
+      </c>
+      <c r="G1249">
+        <v>1</v>
+      </c>
+      <c r="H1249" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="1250">
+      <c r="A1250">
+        <v>527</v>
+      </c>
+      <c r="B1250">
+        <v>110146</v>
+      </c>
+      <c r="C1250" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1250" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1250" t="s">
+        <v>329</v>
+      </c>
+      <c r="F1250">
+        <v>51092</v>
+      </c>
+      <c r="G1250">
+        <v>1</v>
+      </c>
+      <c r="H1250" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1251">
+      <c r="A1251">
+        <v>746</v>
+      </c>
+      <c r="B1251">
+        <v>110146</v>
+      </c>
+      <c r="C1251" t="s" s="2">
+        <v>589</v>
+      </c>
+      <c r="D1251" t="s">
+        <v>590</v>
+      </c>
+      <c r="E1251" t="s">
+        <v>459</v>
+      </c>
+      <c r="F1251">
+        <v>0</v>
+      </c>
+      <c r="G1251">
+        <v>2</v>
+      </c>
+      <c r="H1251" t="s">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>